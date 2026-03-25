--- v0 (2025-12-05)
+++ v1 (2026-03-25)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Results" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="52">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="50">
   <si>
     <t>Time Period</t>
   </si>
   <si>
     <t>Project</t>
   </si>
   <si>
     <t>Study Group</t>
   </si>
   <si>
     <t>Study Group Subset</t>
   </si>
   <si>
     <t>Sample Collection Date</t>
   </si>
   <si>
     <t>Chemical Group</t>
   </si>
   <si>
     <t>Weighted - Unweighted</t>
   </si>
   <si>
     <t>Measured in</t>
   </si>
   <si>
@@ -138,81 +138,75 @@
   <si>
     <t>Urine</t>
   </si>
   <si>
     <t>6-Hydroxy-1-nitropyrene</t>
   </si>
   <si>
     <t>6-OHNP</t>
   </si>
   <si>
     <t>1-Nitropyrene</t>
   </si>
   <si>
     <t>Specific-gravity</t>
   </si>
   <si>
     <t>pg/L^</t>
   </si>
   <si>
     <t>94.2%</t>
   </si>
   <si>
     <t>15.5 pg/L</t>
   </si>
   <si>
-    <t>^Concentrations were adjusted for specific gravity using a reference value of 1.017 from NHANES 2007-2008.; §Summary statistics were based on 155 urine samples collected from 40 children.</t>
+    <t>^Concentrations were adjusted for specific gravity using a reference value of 1.017 from NHANES 2007-2008.; ♢SAPEP collected multiple urine samples from study participants. The geometric means were estimated using random effects models to account for multiple samples per participant. Percentiles and detection frequencies were not adjusted for multiple samples per participant.</t>
   </si>
   <si>
     <t>8-Hydroxy-1-nitropyrene</t>
   </si>
   <si>
     <t>8-OHNP</t>
   </si>
   <si>
     <t>95.2%</t>
   </si>
   <si>
     <t>21.2 pg/L</t>
   </si>
   <si>
-    <t>^Concentrations were adjusted for specific gravity using a reference value of 1.017 from NHANES 2007-2008.; ♢Summary statistics were based on 168 urine samples collected from 40 children.</t>
-[...1 lines deleted...]
-  <si>
     <t>Adults</t>
   </si>
   <si>
     <t>97.8%</t>
   </si>
   <si>
-    <t>^Concentrations were adjusted for specific gravity using a reference value of 1.017 from NHANES 2007-2008.; †Summary statistics were based on 138 urine samples collected from 38 adults.; ΔTwo samples were damaged during processing and could not be tested.</t>
+    <t>^Concentrations were adjusted for specific gravity using a reference value of 1.017 from NHANES 2007-2008.; ♢SAPEP collected multiple urine samples from study participants. The geometric means were estimated using random effects models to account for multiple samples per participant. Percentiles and detection frequencies were not adjusted for multiple samples per participant.; ΔTwo samples were damaged during processing and could not be tested.</t>
   </si>
   <si>
     <t>94.7%</t>
-  </si>
-[...1 lines deleted...]
-    <t>^Concentrations were adjusted for specific gravity using a reference value of 1.017 from NHANES 2007-2008.; ‡Summary statistics were based on 150 urine samples collected from 40 adults.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
@@ -546,51 +540,51 @@
     <col min="2" max="2" width="48" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="54" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="22" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="26" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="17" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="25" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="13" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="28" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="38" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="12" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="25" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="29" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="6" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="28" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="17" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="6" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="6" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="5" bestFit="true" customWidth="true" style="0"/>
     <col min="20" max="20" width="5" bestFit="true" customWidth="true" style="0"/>
     <col min="21" max="21" width="5" bestFit="true" customWidth="true" style="0"/>
     <col min="22" max="22" width="5" bestFit="true" customWidth="true" style="0"/>
     <col min="23" max="23" width="5" bestFit="true" customWidth="true" style="0"/>
     <col min="24" max="24" width="23" bestFit="true" customWidth="true" style="0"/>
     <col min="25" max="25" width="29" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="43" bestFit="true" customWidth="true" style="0"/>
-    <col min="27" max="27" width="301" bestFit="true" customWidth="true" style="0"/>
+    <col min="27" max="27" width="529" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:27">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
@@ -779,63 +773,63 @@
       </c>
       <c r="R3">
         <v>170</v>
       </c>
       <c r="S3">
         <v>61</v>
       </c>
       <c r="T3">
         <v>130</v>
       </c>
       <c r="U3">
         <v>260</v>
       </c>
       <c r="V3"/>
       <c r="W3">
         <v>740</v>
       </c>
       <c r="X3" t="s">
         <v>44</v>
       </c>
       <c r="Y3"/>
       <c r="Z3" t="s">
         <v>45</v>
       </c>
       <c r="AA3" t="s">
-        <v>46</v>
+        <v>41</v>
       </c>
     </row>
     <row r="4" spans="1:27">
       <c r="A4"/>
       <c r="B4" t="s">
         <v>27</v>
       </c>
       <c r="C4" t="s">
         <v>28</v>
       </c>
       <c r="D4" t="s">
-        <v>47</v>
+        <v>46</v>
       </c>
       <c r="E4" t="s">
         <v>30</v>
       </c>
       <c r="F4" t="s">
         <v>31</v>
       </c>
       <c r="G4" t="s">
         <v>32</v>
       </c>
       <c r="H4" t="s">
         <v>33</v>
       </c>
       <c r="I4" t="s">
         <v>34</v>
       </c>
       <c r="J4" t="s">
         <v>35</v>
       </c>
       <c r="K4"/>
       <c r="L4" t="s">
         <v>36</v>
       </c>
       <c r="M4" t="s">
         <v>37</v>
@@ -847,70 +841,70 @@
         <v>38</v>
       </c>
       <c r="P4">
         <v>240</v>
       </c>
       <c r="Q4">
         <v>180</v>
       </c>
       <c r="R4">
         <v>310</v>
       </c>
       <c r="S4">
         <v>130</v>
       </c>
       <c r="T4">
         <v>240</v>
       </c>
       <c r="U4">
         <v>540</v>
       </c>
       <c r="V4"/>
       <c r="W4">
         <v>1500</v>
       </c>
       <c r="X4" t="s">
-        <v>48</v>
+        <v>47</v>
       </c>
       <c r="Y4"/>
       <c r="Z4" t="s">
         <v>40</v>
       </c>
       <c r="AA4" t="s">
-        <v>49</v>
+        <v>48</v>
       </c>
     </row>
     <row r="5" spans="1:27">
       <c r="A5"/>
       <c r="B5" t="s">
         <v>27</v>
       </c>
       <c r="C5" t="s">
         <v>28</v>
       </c>
       <c r="D5" t="s">
-        <v>47</v>
+        <v>46</v>
       </c>
       <c r="E5" t="s">
         <v>30</v>
       </c>
       <c r="F5" t="s">
         <v>31</v>
       </c>
       <c r="G5" t="s">
         <v>32</v>
       </c>
       <c r="H5" t="s">
         <v>33</v>
       </c>
       <c r="I5" t="s">
         <v>42</v>
       </c>
       <c r="J5" t="s">
         <v>43</v>
       </c>
       <c r="K5"/>
       <c r="L5" t="s">
         <v>36</v>
       </c>
       <c r="M5" t="s">
         <v>37</v>
@@ -922,58 +916,58 @@
         <v>40</v>
       </c>
       <c r="P5">
         <v>150</v>
       </c>
       <c r="Q5">
         <v>120</v>
       </c>
       <c r="R5">
         <v>190</v>
       </c>
       <c r="S5">
         <v>82</v>
       </c>
       <c r="T5">
         <v>160</v>
       </c>
       <c r="U5">
         <v>290</v>
       </c>
       <c r="V5"/>
       <c r="W5">
         <v>730</v>
       </c>
       <c r="X5" t="s">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="Y5"/>
       <c r="Z5" t="s">
         <v>45</v>
       </c>
       <c r="AA5" t="s">
-        <v>51</v>
+        <v>41</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>