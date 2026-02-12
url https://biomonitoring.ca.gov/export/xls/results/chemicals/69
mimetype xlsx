--- v0 (2025-12-05)
+++ v1 (2026-02-12)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Results" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="167">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="197">
   <si>
     <t>Time Period</t>
   </si>
   <si>
     <t>Project</t>
   </si>
   <si>
     <t>Study Group</t>
   </si>
   <si>
     <t>Study Group Subset</t>
   </si>
   <si>
     <t>Sample Collection Date</t>
   </si>
   <si>
     <t>Chemical Group</t>
   </si>
   <si>
     <t>Weighted - Unweighted</t>
   </si>
   <si>
     <t>Measured in</t>
   </si>
   <si>
@@ -452,50 +452,140 @@
     <t>0.0100 µg/L</t>
   </si>
   <si>
     <t>15.2%</t>
   </si>
   <si>
     <t>15.4%</t>
   </si>
   <si>
     <t>97.1%</t>
   </si>
   <si>
     <t>97.3%</t>
   </si>
   <si>
     <t>0.300 µg/L</t>
   </si>
   <si>
     <t>99.8%</t>
   </si>
   <si>
     <t>48.6%</t>
   </si>
   <si>
     <t>49.3%</t>
+  </si>
+  <si>
+    <t>Speciated arsenic</t>
+  </si>
+  <si>
+    <t>Arsenic - arsenobetaine</t>
+  </si>
+  <si>
+    <t>Arsenobetaine</t>
+  </si>
+  <si>
+    <t>64436-13-1</t>
+  </si>
+  <si>
+    <t>82.4%</t>
+  </si>
+  <si>
+    <t>Arsenic - arsenocholine</t>
+  </si>
+  <si>
+    <t>Arsenocholine</t>
+  </si>
+  <si>
+    <t>39895-81-3</t>
+  </si>
+  <si>
+    <t>10.0%</t>
+  </si>
+  <si>
+    <t>10.2%</t>
+  </si>
+  <si>
+    <t>Arsenic - arsenous (III) acid</t>
+  </si>
+  <si>
+    <t>As(III)</t>
+  </si>
+  <si>
+    <t>13464-58-9</t>
+  </si>
+  <si>
+    <t>83.8%</t>
+  </si>
+  <si>
+    <t>85.0%</t>
+  </si>
+  <si>
+    <t>Arsenic - arsenic (V) acid</t>
+  </si>
+  <si>
+    <t>As(V)</t>
+  </si>
+  <si>
+    <t>7778-39-4</t>
+  </si>
+  <si>
+    <t>22.4%</t>
+  </si>
+  <si>
+    <t>0.100 and 0.200 µg/L**</t>
+  </si>
+  <si>
+    <t>*Geometric mean was not calculated because the chemical was found in less than 65% of the study group.; **LOD changed during the time that samples were analyzed for this project.; ▶CARE-LA data were weighted (a statistical method to adjust over-represented and under-represented demographic characteristics in a study sample) so that the summary results adequately reflect the population of California’s Los Angeles County. Unweighted results are available to download on the California Regional Exposure Study, Los Angeles County (CARE-LA) project page.</t>
+  </si>
+  <si>
+    <t>22.7%</t>
+  </si>
+  <si>
+    <t>Arsenic - dimethylarsinic acid</t>
+  </si>
+  <si>
+    <t>DMA</t>
+  </si>
+  <si>
+    <t>75-60-5</t>
+  </si>
+  <si>
+    <t>Arsenic - monomethylarsonic acid</t>
+  </si>
+  <si>
+    <t>MMA</t>
+  </si>
+  <si>
+    <t>124-58-3</t>
+  </si>
+  <si>
+    <t>95.0%</t>
+  </si>
+  <si>
+    <t>95.2%</t>
   </si>
   <si>
     <t>19.2%</t>
   </si>
   <si>
     <t>0.0500 µg/L</t>
   </si>
   <si>
     <t>*Geometric mean was not calculated because the chemical was found in less than 65% of the study group.; ▽CARE-2 data from 357 participants were weighted, a statistical method to adjust over-represented and under-represented samples, so that the summary results adequately reflect the population of California’s Riverside, San Bernardino, Imperial, Mono, and Inyo counties. Unweighted results are available to download on the California Regional Exposure Study, Region 2 (CARE-2) project page.</t>
   </si>
   <si>
     <t>▽CARE-2 data from 357 participants were weighted, a statistical method to adjust over-represented and under-represented samples, so that the summary results adequately reflect the population of California’s Riverside, San Bernardino, Imperial, Mono, and Inyo counties. Unweighted results are available to download on the California Regional Exposure Study, Region 2 (CARE-2) project page.</t>
   </si>
   <si>
     <t>95.1%</t>
   </si>
   <si>
     <t>91.6%</t>
   </si>
   <si>
     <t>&gt;99.9%</t>
   </si>
   <si>
     <t>49.6%</t>
   </si>
@@ -858,85 +948,85 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:AA113"/>
+  <dimension ref="A1:AA125"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="13" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="77" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="115" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="22" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="26" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="17" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="25" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="13" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="29" bestFit="true" customWidth="true" style="0"/>
-    <col min="10" max="10" width="21" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="38" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="38" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="12" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="25" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="18" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="28" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="17" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="9" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="9" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="9" bestFit="true" customWidth="true" style="0"/>
     <col min="20" max="20" width="9" bestFit="true" customWidth="true" style="0"/>
     <col min="21" max="21" width="8" bestFit="true" customWidth="true" style="0"/>
     <col min="22" max="22" width="8" bestFit="true" customWidth="true" style="0"/>
     <col min="23" max="23" width="8" bestFit="true" customWidth="true" style="0"/>
     <col min="24" max="24" width="23" bestFit="true" customWidth="true" style="0"/>
     <col min="25" max="25" width="29" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="43" bestFit="true" customWidth="true" style="0"/>
-    <col min="27" max="27" width="581" bestFit="true" customWidth="true" style="0"/>
+    <col min="27" max="27" width="654" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:27">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
@@ -6927,2618 +7017,3542 @@
       </c>
       <c r="T79" t="s">
         <v>132</v>
       </c>
       <c r="U79">
         <v>0.0313</v>
       </c>
       <c r="V79"/>
       <c r="W79">
         <v>0.116</v>
       </c>
       <c r="X79" t="s">
         <v>145</v>
       </c>
       <c r="Y79"/>
       <c r="Z79" t="s">
         <v>137</v>
       </c>
       <c r="AA79" t="s">
         <v>134</v>
       </c>
     </row>
     <row r="80" spans="1:27">
       <c r="A80"/>
       <c r="B80" t="s">
-        <v>74</v>
+        <v>65</v>
       </c>
       <c r="C80" t="s">
-        <v>75</v>
+        <v>66</v>
       </c>
       <c r="D80" t="s">
-        <v>29</v>
+        <v>146</v>
       </c>
       <c r="E80">
-        <v>2019</v>
+        <v>2018</v>
       </c>
       <c r="F80" t="s">
         <v>30</v>
       </c>
       <c r="G80" t="s">
         <v>58</v>
       </c>
       <c r="H80" t="s">
         <v>97</v>
       </c>
       <c r="I80" t="s">
         <v>33</v>
       </c>
       <c r="J80" t="s">
-        <v>131</v>
+        <v>147</v>
       </c>
       <c r="K80" t="s">
-        <v>131</v>
+        <v>148</v>
       </c>
       <c r="L80" t="s">
-        <v>52</v>
+        <v>149</v>
       </c>
       <c r="M80" t="s">
-        <v>131</v>
+        <v>98</v>
       </c>
       <c r="N80" t="s">
         <v>36</v>
       </c>
       <c r="O80">
-        <v>357</v>
-[...17 lines deleted...]
-        <v>132</v>
+        <v>414</v>
+      </c>
+      <c r="P80">
+        <v>1.14</v>
+      </c>
+      <c r="Q80">
+        <v>0.813</v>
+      </c>
+      <c r="R80">
+        <v>1.6</v>
+      </c>
+      <c r="S80">
+        <v>0.179</v>
+      </c>
+      <c r="T80">
+        <v>0.952</v>
+      </c>
+      <c r="U80">
+        <v>6.03</v>
       </c>
       <c r="V80"/>
       <c r="W80">
-        <v>0.343</v>
+        <v>40.7</v>
       </c>
       <c r="X80" t="s">
-        <v>146</v>
+        <v>150</v>
       </c>
       <c r="Y80"/>
       <c r="Z80" t="s">
-        <v>147</v>
+        <v>136</v>
       </c>
       <c r="AA80" t="s">
-        <v>148</v>
+        <v>69</v>
       </c>
     </row>
     <row r="81" spans="1:27">
       <c r="A81"/>
       <c r="B81" t="s">
-        <v>74</v>
+        <v>65</v>
       </c>
       <c r="C81" t="s">
-        <v>75</v>
+        <v>66</v>
       </c>
       <c r="D81" t="s">
-        <v>29</v>
+        <v>146</v>
       </c>
       <c r="E81">
-        <v>2019</v>
+        <v>2018</v>
       </c>
       <c r="F81" t="s">
         <v>30</v>
       </c>
       <c r="G81" t="s">
         <v>58</v>
       </c>
       <c r="H81" t="s">
         <v>97</v>
       </c>
       <c r="I81" t="s">
         <v>100</v>
       </c>
       <c r="J81" t="s">
-        <v>131</v>
+        <v>147</v>
       </c>
       <c r="K81" t="s">
-        <v>131</v>
+        <v>148</v>
       </c>
       <c r="L81" t="s">
-        <v>52</v>
+        <v>149</v>
       </c>
       <c r="M81" t="s">
-        <v>131</v>
+        <v>98</v>
       </c>
       <c r="N81" t="s">
         <v>101</v>
       </c>
       <c r="O81">
-        <v>357</v>
-[...17 lines deleted...]
-        <v>132</v>
+        <v>412</v>
+      </c>
+      <c r="P81">
+        <v>1.46</v>
+      </c>
+      <c r="Q81">
+        <v>1.05</v>
+      </c>
+      <c r="R81">
+        <v>2.03</v>
+      </c>
+      <c r="S81">
+        <v>0.256</v>
+      </c>
+      <c r="T81">
+        <v>1.14</v>
+      </c>
+      <c r="U81">
+        <v>7.55</v>
       </c>
       <c r="V81"/>
       <c r="W81">
-        <v>0.309</v>
+        <v>37.9</v>
       </c>
       <c r="X81" t="s">
-        <v>146</v>
+        <v>150</v>
       </c>
       <c r="Y81"/>
       <c r="Z81" t="s">
-        <v>147</v>
+        <v>136</v>
       </c>
       <c r="AA81" t="s">
-        <v>148</v>
+        <v>69</v>
       </c>
     </row>
     <row r="82" spans="1:27">
       <c r="A82"/>
       <c r="B82" t="s">
-        <v>74</v>
+        <v>65</v>
       </c>
       <c r="C82" t="s">
-        <v>75</v>
+        <v>66</v>
       </c>
       <c r="D82" t="s">
-        <v>29</v>
+        <v>146</v>
       </c>
       <c r="E82">
-        <v>2019</v>
+        <v>2018</v>
       </c>
       <c r="F82" t="s">
         <v>30</v>
       </c>
       <c r="G82" t="s">
         <v>58</v>
       </c>
       <c r="H82" t="s">
         <v>97</v>
       </c>
       <c r="I82" t="s">
         <v>33</v>
       </c>
       <c r="J82" t="s">
-        <v>98</v>
+        <v>151</v>
       </c>
       <c r="K82" t="s">
-        <v>98</v>
+        <v>152</v>
       </c>
       <c r="L82" t="s">
-        <v>99</v>
+        <v>153</v>
       </c>
       <c r="M82" t="s">
         <v>98</v>
       </c>
       <c r="N82" t="s">
         <v>36</v>
       </c>
       <c r="O82">
-        <v>357</v>
-[...17 lines deleted...]
-        <v>11.5</v>
+        <v>414</v>
+      </c>
+      <c r="P82" t="s">
+        <v>115</v>
+      </c>
+      <c r="Q82" t="s">
+        <v>115</v>
+      </c>
+      <c r="R82" t="s">
+        <v>115</v>
+      </c>
+      <c r="S82" t="s">
+        <v>132</v>
+      </c>
+      <c r="T82" t="s">
+        <v>132</v>
+      </c>
+      <c r="U82" t="s">
+        <v>132</v>
       </c>
       <c r="V82"/>
       <c r="W82">
-        <v>42.1</v>
+        <v>0.206</v>
       </c>
       <c r="X82" t="s">
-        <v>41</v>
+        <v>154</v>
       </c>
       <c r="Y82"/>
       <c r="Z82" t="s">
         <v>136</v>
       </c>
       <c r="AA82" t="s">
-        <v>149</v>
+        <v>134</v>
       </c>
     </row>
     <row r="83" spans="1:27">
       <c r="A83"/>
       <c r="B83" t="s">
-        <v>74</v>
+        <v>65</v>
       </c>
       <c r="C83" t="s">
-        <v>75</v>
+        <v>66</v>
       </c>
       <c r="D83" t="s">
-        <v>29</v>
+        <v>146</v>
       </c>
       <c r="E83">
-        <v>2019</v>
+        <v>2018</v>
       </c>
       <c r="F83" t="s">
         <v>30</v>
       </c>
       <c r="G83" t="s">
         <v>58</v>
       </c>
       <c r="H83" t="s">
         <v>97</v>
       </c>
       <c r="I83" t="s">
         <v>100</v>
       </c>
       <c r="J83" t="s">
-        <v>98</v>
+        <v>151</v>
       </c>
       <c r="K83" t="s">
-        <v>98</v>
+        <v>152</v>
       </c>
       <c r="L83" t="s">
-        <v>99</v>
+        <v>153</v>
       </c>
       <c r="M83" t="s">
         <v>98</v>
       </c>
       <c r="N83" t="s">
         <v>101</v>
       </c>
       <c r="O83">
-        <v>357</v>
-[...17 lines deleted...]
-        <v>14.2</v>
+        <v>412</v>
+      </c>
+      <c r="P83" t="s">
+        <v>115</v>
+      </c>
+      <c r="Q83" t="s">
+        <v>115</v>
+      </c>
+      <c r="R83" t="s">
+        <v>115</v>
+      </c>
+      <c r="S83" t="s">
+        <v>132</v>
+      </c>
+      <c r="T83" t="s">
+        <v>132</v>
+      </c>
+      <c r="U83" t="s">
+        <v>132</v>
       </c>
       <c r="V83"/>
       <c r="W83">
-        <v>50.4</v>
+        <v>0.528</v>
       </c>
       <c r="X83" t="s">
-        <v>41</v>
+        <v>155</v>
       </c>
       <c r="Y83"/>
       <c r="Z83" t="s">
         <v>136</v>
       </c>
       <c r="AA83" t="s">
-        <v>149</v>
+        <v>134</v>
       </c>
     </row>
     <row r="84" spans="1:27">
       <c r="A84"/>
       <c r="B84" t="s">
-        <v>74</v>
+        <v>65</v>
       </c>
       <c r="C84" t="s">
-        <v>75</v>
+        <v>66</v>
       </c>
       <c r="D84" t="s">
-        <v>29</v>
+        <v>146</v>
       </c>
       <c r="E84">
-        <v>2019</v>
+        <v>2018</v>
       </c>
       <c r="F84" t="s">
         <v>30</v>
       </c>
       <c r="G84" t="s">
         <v>58</v>
       </c>
       <c r="H84" t="s">
         <v>97</v>
       </c>
       <c r="I84" t="s">
         <v>33</v>
       </c>
       <c r="J84" t="s">
-        <v>34</v>
+        <v>156</v>
       </c>
       <c r="K84" t="s">
-        <v>34</v>
+        <v>157</v>
       </c>
       <c r="L84" t="s">
-        <v>35</v>
+        <v>158</v>
       </c>
       <c r="M84" t="s">
-        <v>34</v>
+        <v>98</v>
       </c>
       <c r="N84" t="s">
         <v>36</v>
       </c>
       <c r="O84">
-        <v>357</v>
+        <v>414</v>
       </c>
       <c r="P84">
-        <v>0.172</v>
+        <v>0.312</v>
       </c>
       <c r="Q84">
-        <v>0.145</v>
+        <v>0.264</v>
       </c>
       <c r="R84">
-        <v>0.205</v>
+        <v>0.369</v>
       </c>
       <c r="S84">
-        <v>0.0786</v>
+        <v>0.127</v>
       </c>
       <c r="T84">
-        <v>0.186</v>
+        <v>0.318</v>
       </c>
       <c r="U84">
-        <v>0.363</v>
+        <v>0.579</v>
       </c>
       <c r="V84"/>
       <c r="W84">
-        <v>0.901</v>
+        <v>2.12</v>
       </c>
       <c r="X84" t="s">
-        <v>150</v>
+        <v>159</v>
       </c>
       <c r="Y84"/>
       <c r="Z84" t="s">
-        <v>105</v>
+        <v>136</v>
       </c>
       <c r="AA84" t="s">
-        <v>149</v>
+        <v>69</v>
       </c>
     </row>
     <row r="85" spans="1:27">
       <c r="A85"/>
       <c r="B85" t="s">
-        <v>74</v>
+        <v>65</v>
       </c>
       <c r="C85" t="s">
-        <v>75</v>
+        <v>66</v>
       </c>
       <c r="D85" t="s">
-        <v>29</v>
+        <v>146</v>
       </c>
       <c r="E85">
-        <v>2019</v>
+        <v>2018</v>
       </c>
       <c r="F85" t="s">
         <v>30</v>
       </c>
       <c r="G85" t="s">
         <v>58</v>
       </c>
       <c r="H85" t="s">
         <v>97</v>
       </c>
       <c r="I85" t="s">
         <v>100</v>
       </c>
       <c r="J85" t="s">
-        <v>34</v>
+        <v>156</v>
       </c>
       <c r="K85" t="s">
-        <v>34</v>
+        <v>157</v>
       </c>
       <c r="L85" t="s">
-        <v>35</v>
+        <v>158</v>
       </c>
       <c r="M85" t="s">
-        <v>34</v>
+        <v>98</v>
       </c>
       <c r="N85" t="s">
         <v>101</v>
       </c>
       <c r="O85">
-        <v>357</v>
+        <v>412</v>
       </c>
       <c r="P85">
-        <v>0.226</v>
+        <v>0.403</v>
       </c>
       <c r="Q85">
-        <v>0.195</v>
+        <v>0.349</v>
       </c>
       <c r="R85">
-        <v>0.262</v>
+        <v>0.465</v>
       </c>
       <c r="S85">
-        <v>0.112</v>
+        <v>0.231</v>
       </c>
       <c r="T85">
-        <v>0.227</v>
+        <v>0.366</v>
       </c>
       <c r="U85">
-        <v>0.394</v>
+        <v>0.552</v>
       </c>
       <c r="V85"/>
       <c r="W85">
-        <v>1.05</v>
+        <v>2.26</v>
       </c>
       <c r="X85" t="s">
-        <v>150</v>
+        <v>160</v>
       </c>
       <c r="Y85"/>
       <c r="Z85" t="s">
-        <v>105</v>
+        <v>136</v>
       </c>
       <c r="AA85" t="s">
-        <v>149</v>
+        <v>69</v>
       </c>
     </row>
     <row r="86" spans="1:27">
       <c r="A86"/>
       <c r="B86" t="s">
-        <v>74</v>
+        <v>65</v>
       </c>
       <c r="C86" t="s">
-        <v>75</v>
+        <v>66</v>
       </c>
       <c r="D86" t="s">
-        <v>29</v>
+        <v>146</v>
       </c>
       <c r="E86">
-        <v>2019</v>
+        <v>2018</v>
       </c>
       <c r="F86" t="s">
         <v>30</v>
       </c>
       <c r="G86" t="s">
         <v>58</v>
       </c>
       <c r="H86" t="s">
         <v>97</v>
       </c>
       <c r="I86" t="s">
         <v>33</v>
       </c>
       <c r="J86" t="s">
-        <v>112</v>
+        <v>161</v>
       </c>
       <c r="K86" t="s">
-        <v>112</v>
+        <v>162</v>
       </c>
       <c r="L86" t="s">
-        <v>52</v>
+        <v>163</v>
       </c>
       <c r="M86" t="s">
-        <v>112</v>
+        <v>98</v>
       </c>
       <c r="N86" t="s">
         <v>36</v>
       </c>
       <c r="O86">
-        <v>357</v>
-[...17 lines deleted...]
-        <v>0.36</v>
+        <v>414</v>
+      </c>
+      <c r="P86" t="s">
+        <v>115</v>
+      </c>
+      <c r="Q86" t="s">
+        <v>115</v>
+      </c>
+      <c r="R86" t="s">
+        <v>115</v>
+      </c>
+      <c r="S86" t="s">
+        <v>132</v>
+      </c>
+      <c r="T86" t="s">
+        <v>132</v>
+      </c>
+      <c r="U86" t="s">
+        <v>132</v>
       </c>
       <c r="V86"/>
       <c r="W86">
-        <v>1.05</v>
+        <v>0.44</v>
       </c>
       <c r="X86" t="s">
-        <v>72</v>
+        <v>164</v>
       </c>
       <c r="Y86"/>
       <c r="Z86" t="s">
-        <v>105</v>
+        <v>165</v>
       </c>
       <c r="AA86" t="s">
-        <v>149</v>
+        <v>166</v>
       </c>
     </row>
     <row r="87" spans="1:27">
       <c r="A87"/>
       <c r="B87" t="s">
-        <v>74</v>
+        <v>65</v>
       </c>
       <c r="C87" t="s">
-        <v>75</v>
+        <v>66</v>
       </c>
       <c r="D87" t="s">
-        <v>29</v>
+        <v>146</v>
       </c>
       <c r="E87">
-        <v>2019</v>
+        <v>2018</v>
       </c>
       <c r="F87" t="s">
         <v>30</v>
       </c>
       <c r="G87" t="s">
         <v>58</v>
       </c>
       <c r="H87" t="s">
         <v>97</v>
       </c>
       <c r="I87" t="s">
         <v>100</v>
       </c>
       <c r="J87" t="s">
-        <v>112</v>
+        <v>161</v>
       </c>
       <c r="K87" t="s">
-        <v>112</v>
+        <v>162</v>
       </c>
       <c r="L87" t="s">
-        <v>52</v>
+        <v>163</v>
       </c>
       <c r="M87" t="s">
-        <v>112</v>
+        <v>98</v>
       </c>
       <c r="N87" t="s">
         <v>101</v>
       </c>
       <c r="O87">
-        <v>357</v>
-[...17 lines deleted...]
-        <v>0.39</v>
+        <v>412</v>
+      </c>
+      <c r="P87" t="s">
+        <v>115</v>
+      </c>
+      <c r="Q87" t="s">
+        <v>115</v>
+      </c>
+      <c r="R87" t="s">
+        <v>115</v>
+      </c>
+      <c r="S87" t="s">
+        <v>132</v>
+      </c>
+      <c r="T87" t="s">
+        <v>132</v>
+      </c>
+      <c r="U87" t="s">
+        <v>132</v>
       </c>
       <c r="V87"/>
       <c r="W87">
-        <v>1.11</v>
+        <v>1.07</v>
       </c>
       <c r="X87" t="s">
-        <v>72</v>
+        <v>167</v>
       </c>
       <c r="Y87"/>
       <c r="Z87" t="s">
-        <v>105</v>
+        <v>165</v>
       </c>
       <c r="AA87" t="s">
-        <v>149</v>
+        <v>166</v>
       </c>
     </row>
     <row r="88" spans="1:27">
       <c r="A88"/>
       <c r="B88" t="s">
-        <v>74</v>
+        <v>65</v>
       </c>
       <c r="C88" t="s">
-        <v>75</v>
+        <v>66</v>
       </c>
       <c r="D88" t="s">
-        <v>29</v>
+        <v>146</v>
       </c>
       <c r="E88">
-        <v>2019</v>
+        <v>2018</v>
       </c>
       <c r="F88" t="s">
         <v>30</v>
       </c>
       <c r="G88" t="s">
         <v>58</v>
       </c>
       <c r="H88" t="s">
         <v>97</v>
       </c>
       <c r="I88" t="s">
         <v>33</v>
       </c>
       <c r="J88" t="s">
-        <v>51</v>
+        <v>168</v>
       </c>
       <c r="K88" t="s">
-        <v>51</v>
+        <v>169</v>
       </c>
       <c r="L88" t="s">
-        <v>52</v>
+        <v>170</v>
       </c>
       <c r="M88" t="s">
-        <v>51</v>
+        <v>98</v>
       </c>
       <c r="N88" t="s">
         <v>36</v>
       </c>
       <c r="O88">
-        <v>357</v>
-[...17 lines deleted...]
-        <v>132</v>
+        <v>414</v>
+      </c>
+      <c r="P88">
+        <v>3.47</v>
+      </c>
+      <c r="Q88">
+        <v>2.95</v>
+      </c>
+      <c r="R88">
+        <v>4.08</v>
+      </c>
+      <c r="S88">
+        <v>2.03</v>
+      </c>
+      <c r="T88">
+        <v>3.6</v>
+      </c>
+      <c r="U88">
+        <v>6.41</v>
       </c>
       <c r="V88"/>
       <c r="W88">
-        <v>0.212</v>
+        <v>18.1</v>
       </c>
       <c r="X88" t="s">
-        <v>139</v>
+        <v>41</v>
       </c>
       <c r="Y88"/>
       <c r="Z88" t="s">
         <v>136</v>
       </c>
       <c r="AA88" t="s">
-        <v>148</v>
+        <v>69</v>
       </c>
     </row>
     <row r="89" spans="1:27">
       <c r="A89"/>
       <c r="B89" t="s">
-        <v>74</v>
+        <v>65</v>
       </c>
       <c r="C89" t="s">
-        <v>75</v>
+        <v>66</v>
       </c>
       <c r="D89" t="s">
-        <v>29</v>
+        <v>146</v>
       </c>
       <c r="E89">
-        <v>2019</v>
+        <v>2018</v>
       </c>
       <c r="F89" t="s">
         <v>30</v>
       </c>
       <c r="G89" t="s">
         <v>58</v>
       </c>
       <c r="H89" t="s">
         <v>97</v>
       </c>
       <c r="I89" t="s">
         <v>100</v>
       </c>
       <c r="J89" t="s">
-        <v>51</v>
+        <v>168</v>
       </c>
       <c r="K89" t="s">
-        <v>51</v>
+        <v>169</v>
       </c>
       <c r="L89" t="s">
-        <v>52</v>
+        <v>170</v>
       </c>
       <c r="M89" t="s">
-        <v>51</v>
+        <v>98</v>
       </c>
       <c r="N89" t="s">
         <v>101</v>
       </c>
       <c r="O89">
-        <v>357</v>
-[...17 lines deleted...]
-        <v>132</v>
+        <v>412</v>
+      </c>
+      <c r="P89">
+        <v>4.54</v>
+      </c>
+      <c r="Q89">
+        <v>4.07</v>
+      </c>
+      <c r="R89">
+        <v>5.07</v>
+      </c>
+      <c r="S89">
+        <v>2.64</v>
+      </c>
+      <c r="T89">
+        <v>4.26</v>
+      </c>
+      <c r="U89">
+        <v>6.58</v>
       </c>
       <c r="V89"/>
       <c r="W89">
-        <v>0.555</v>
+        <v>13.7</v>
       </c>
       <c r="X89" t="s">
-        <v>139</v>
+        <v>41</v>
       </c>
       <c r="Y89"/>
       <c r="Z89" t="s">
         <v>136</v>
       </c>
       <c r="AA89" t="s">
-        <v>148</v>
+        <v>69</v>
       </c>
     </row>
     <row r="90" spans="1:27">
       <c r="A90"/>
       <c r="B90" t="s">
-        <v>74</v>
+        <v>65</v>
       </c>
       <c r="C90" t="s">
-        <v>75</v>
+        <v>66</v>
       </c>
       <c r="D90" t="s">
-        <v>29</v>
+        <v>146</v>
       </c>
       <c r="E90">
-        <v>2019</v>
+        <v>2018</v>
       </c>
       <c r="F90" t="s">
         <v>30</v>
       </c>
       <c r="G90" t="s">
         <v>58</v>
       </c>
       <c r="H90" t="s">
         <v>97</v>
       </c>
       <c r="I90" t="s">
         <v>33</v>
       </c>
       <c r="J90" t="s">
-        <v>42</v>
+        <v>171</v>
       </c>
       <c r="K90" t="s">
-        <v>42</v>
+        <v>172</v>
       </c>
       <c r="L90" t="s">
-        <v>43</v>
+        <v>173</v>
       </c>
       <c r="M90" t="s">
-        <v>42</v>
+        <v>98</v>
       </c>
       <c r="N90" t="s">
         <v>36</v>
       </c>
       <c r="O90">
-        <v>357</v>
+        <v>414</v>
       </c>
       <c r="P90">
-        <v>0.165</v>
+        <v>0.48</v>
       </c>
       <c r="Q90">
-        <v>0.138</v>
+        <v>0.422</v>
       </c>
       <c r="R90">
-        <v>0.197</v>
+        <v>0.546</v>
       </c>
       <c r="S90">
-        <v>0.0706</v>
+        <v>0.275</v>
       </c>
       <c r="T90">
-        <v>0.168</v>
+        <v>0.515</v>
       </c>
       <c r="U90">
-        <v>0.362</v>
+        <v>0.84</v>
       </c>
       <c r="V90"/>
       <c r="W90">
-        <v>0.922</v>
+        <v>1.56</v>
       </c>
       <c r="X90" t="s">
-        <v>151</v>
+        <v>174</v>
       </c>
       <c r="Y90"/>
       <c r="Z90" t="s">
-        <v>105</v>
+        <v>136</v>
       </c>
       <c r="AA90" t="s">
-        <v>149</v>
+        <v>69</v>
       </c>
     </row>
     <row r="91" spans="1:27">
       <c r="A91"/>
       <c r="B91" t="s">
-        <v>74</v>
+        <v>65</v>
       </c>
       <c r="C91" t="s">
-        <v>75</v>
+        <v>66</v>
       </c>
       <c r="D91" t="s">
-        <v>29</v>
+        <v>146</v>
       </c>
       <c r="E91">
-        <v>2019</v>
+        <v>2018</v>
       </c>
       <c r="F91" t="s">
         <v>30</v>
       </c>
       <c r="G91" t="s">
         <v>58</v>
       </c>
       <c r="H91" t="s">
         <v>97</v>
       </c>
       <c r="I91" t="s">
         <v>100</v>
       </c>
       <c r="J91" t="s">
-        <v>42</v>
+        <v>171</v>
       </c>
       <c r="K91" t="s">
-        <v>42</v>
+        <v>172</v>
       </c>
       <c r="L91" t="s">
-        <v>43</v>
+        <v>173</v>
       </c>
       <c r="M91" t="s">
-        <v>42</v>
+        <v>98</v>
       </c>
       <c r="N91" t="s">
         <v>101</v>
       </c>
       <c r="O91">
-        <v>357</v>
+        <v>412</v>
       </c>
       <c r="P91">
-        <v>0.216</v>
+        <v>0.621</v>
       </c>
       <c r="Q91">
-        <v>0.184</v>
+        <v>0.564</v>
       </c>
       <c r="R91">
-        <v>0.254</v>
+        <v>0.684</v>
       </c>
       <c r="S91">
-        <v>0.104</v>
+        <v>0.394</v>
       </c>
       <c r="T91">
-        <v>0.213</v>
+        <v>0.609</v>
       </c>
       <c r="U91">
-        <v>0.402</v>
+        <v>0.911</v>
       </c>
       <c r="V91"/>
       <c r="W91">
-        <v>1.34</v>
+        <v>1.7</v>
       </c>
       <c r="X91" t="s">
-        <v>151</v>
+        <v>175</v>
       </c>
       <c r="Y91"/>
       <c r="Z91" t="s">
-        <v>105</v>
+        <v>136</v>
       </c>
       <c r="AA91" t="s">
-        <v>149</v>
+        <v>69</v>
       </c>
     </row>
     <row r="92" spans="1:27">
       <c r="A92"/>
       <c r="B92" t="s">
         <v>74</v>
       </c>
       <c r="C92" t="s">
         <v>75</v>
       </c>
       <c r="D92" t="s">
         <v>29</v>
       </c>
       <c r="E92">
         <v>2019</v>
       </c>
       <c r="F92" t="s">
         <v>30</v>
       </c>
       <c r="G92" t="s">
         <v>58</v>
       </c>
       <c r="H92" t="s">
         <v>97</v>
       </c>
       <c r="I92" t="s">
         <v>33</v>
       </c>
       <c r="J92" t="s">
-        <v>120</v>
+        <v>131</v>
       </c>
       <c r="K92" t="s">
-        <v>120</v>
+        <v>131</v>
       </c>
       <c r="L92" t="s">
         <v>52</v>
       </c>
       <c r="M92" t="s">
-        <v>120</v>
+        <v>131</v>
       </c>
       <c r="N92" t="s">
         <v>36</v>
       </c>
       <c r="O92">
         <v>357</v>
       </c>
-      <c r="P92">
-[...15 lines deleted...]
-        <v>64.7</v>
+      <c r="P92" t="s">
+        <v>115</v>
+      </c>
+      <c r="Q92" t="s">
+        <v>115</v>
+      </c>
+      <c r="R92" t="s">
+        <v>115</v>
+      </c>
+      <c r="S92" t="s">
+        <v>132</v>
+      </c>
+      <c r="T92" t="s">
+        <v>132</v>
+      </c>
+      <c r="U92" t="s">
+        <v>132</v>
       </c>
       <c r="V92"/>
       <c r="W92">
-        <v>168</v>
+        <v>0.343</v>
       </c>
       <c r="X92" t="s">
-        <v>41</v>
+        <v>176</v>
       </c>
       <c r="Y92"/>
       <c r="Z92" t="s">
-        <v>142</v>
+        <v>177</v>
       </c>
       <c r="AA92" t="s">
-        <v>149</v>
+        <v>178</v>
       </c>
     </row>
     <row r="93" spans="1:27">
       <c r="A93"/>
       <c r="B93" t="s">
         <v>74</v>
       </c>
       <c r="C93" t="s">
         <v>75</v>
       </c>
       <c r="D93" t="s">
         <v>29</v>
       </c>
       <c r="E93">
         <v>2019</v>
       </c>
       <c r="F93" t="s">
         <v>30</v>
       </c>
       <c r="G93" t="s">
         <v>58</v>
       </c>
       <c r="H93" t="s">
         <v>97</v>
       </c>
       <c r="I93" t="s">
         <v>100</v>
       </c>
       <c r="J93" t="s">
-        <v>120</v>
+        <v>131</v>
       </c>
       <c r="K93" t="s">
-        <v>120</v>
+        <v>131</v>
       </c>
       <c r="L93" t="s">
         <v>52</v>
       </c>
       <c r="M93" t="s">
-        <v>120</v>
+        <v>131</v>
       </c>
       <c r="N93" t="s">
         <v>101</v>
       </c>
       <c r="O93">
         <v>357</v>
       </c>
-      <c r="P93">
-[...15 lines deleted...]
-        <v>62.9</v>
+      <c r="P93" t="s">
+        <v>115</v>
+      </c>
+      <c r="Q93" t="s">
+        <v>115</v>
+      </c>
+      <c r="R93" t="s">
+        <v>115</v>
+      </c>
+      <c r="S93" t="s">
+        <v>132</v>
+      </c>
+      <c r="T93" t="s">
+        <v>132</v>
+      </c>
+      <c r="U93" t="s">
+        <v>132</v>
       </c>
       <c r="V93"/>
       <c r="W93">
-        <v>161</v>
+        <v>0.309</v>
       </c>
       <c r="X93" t="s">
-        <v>41</v>
+        <v>176</v>
       </c>
       <c r="Y93"/>
       <c r="Z93" t="s">
-        <v>142</v>
+        <v>177</v>
       </c>
       <c r="AA93" t="s">
-        <v>149</v>
+        <v>178</v>
       </c>
     </row>
     <row r="94" spans="1:27">
       <c r="A94"/>
       <c r="B94" t="s">
         <v>74</v>
       </c>
       <c r="C94" t="s">
         <v>75</v>
       </c>
       <c r="D94" t="s">
         <v>29</v>
       </c>
       <c r="E94">
         <v>2019</v>
       </c>
       <c r="F94" t="s">
         <v>30</v>
       </c>
       <c r="G94" t="s">
         <v>58</v>
       </c>
       <c r="H94" t="s">
         <v>97</v>
       </c>
       <c r="I94" t="s">
         <v>33</v>
       </c>
       <c r="J94" t="s">
-        <v>122</v>
+        <v>98</v>
       </c>
       <c r="K94" t="s">
-        <v>122</v>
+        <v>98</v>
       </c>
       <c r="L94" t="s">
-        <v>52</v>
+        <v>99</v>
       </c>
       <c r="M94" t="s">
-        <v>122</v>
+        <v>98</v>
       </c>
       <c r="N94" t="s">
         <v>36</v>
       </c>
       <c r="O94">
         <v>357</v>
       </c>
       <c r="P94">
-        <v>0.148</v>
+        <v>6.4</v>
       </c>
       <c r="Q94">
-        <v>0.13</v>
+        <v>5.16</v>
       </c>
       <c r="R94">
-        <v>0.169</v>
+        <v>7.96</v>
       </c>
       <c r="S94">
-        <v>0.0884</v>
+        <v>2.69</v>
       </c>
       <c r="T94">
-        <v>0.158</v>
+        <v>6.27</v>
       </c>
       <c r="U94">
-        <v>0.257</v>
+        <v>11.5</v>
       </c>
       <c r="V94"/>
       <c r="W94">
-        <v>0.472</v>
+        <v>42.1</v>
       </c>
       <c r="X94" t="s">
-        <v>152</v>
+        <v>41</v>
       </c>
       <c r="Y94"/>
       <c r="Z94" t="s">
-        <v>137</v>
+        <v>136</v>
       </c>
       <c r="AA94" t="s">
-        <v>149</v>
+        <v>179</v>
       </c>
     </row>
     <row r="95" spans="1:27">
       <c r="A95"/>
       <c r="B95" t="s">
         <v>74</v>
       </c>
       <c r="C95" t="s">
         <v>75</v>
       </c>
       <c r="D95" t="s">
         <v>29</v>
       </c>
       <c r="E95">
         <v>2019</v>
       </c>
       <c r="F95" t="s">
         <v>30</v>
       </c>
       <c r="G95" t="s">
         <v>58</v>
       </c>
       <c r="H95" t="s">
         <v>97</v>
       </c>
       <c r="I95" t="s">
         <v>100</v>
       </c>
       <c r="J95" t="s">
-        <v>122</v>
+        <v>98</v>
       </c>
       <c r="K95" t="s">
-        <v>122</v>
+        <v>98</v>
       </c>
       <c r="L95" t="s">
-        <v>52</v>
+        <v>99</v>
       </c>
       <c r="M95" t="s">
-        <v>122</v>
+        <v>98</v>
       </c>
       <c r="N95" t="s">
         <v>101</v>
       </c>
       <c r="O95">
         <v>357</v>
       </c>
       <c r="P95">
-        <v>0.194</v>
+        <v>8.4</v>
       </c>
       <c r="Q95">
-        <v>0.177</v>
+        <v>7.1</v>
       </c>
       <c r="R95">
-        <v>0.214</v>
+        <v>9.94</v>
       </c>
       <c r="S95">
-        <v>0.129</v>
+        <v>4.02</v>
       </c>
       <c r="T95">
-        <v>0.182</v>
+        <v>6.86</v>
       </c>
       <c r="U95">
-        <v>0.278</v>
+        <v>14.2</v>
       </c>
       <c r="V95"/>
       <c r="W95">
-        <v>0.525</v>
+        <v>50.4</v>
       </c>
       <c r="X95" t="s">
-        <v>152</v>
+        <v>41</v>
       </c>
       <c r="Y95"/>
       <c r="Z95" t="s">
-        <v>137</v>
+        <v>136</v>
       </c>
       <c r="AA95" t="s">
-        <v>149</v>
+        <v>179</v>
       </c>
     </row>
     <row r="96" spans="1:27">
       <c r="A96"/>
       <c r="B96" t="s">
         <v>74</v>
       </c>
       <c r="C96" t="s">
         <v>75</v>
       </c>
       <c r="D96" t="s">
         <v>29</v>
       </c>
       <c r="E96">
         <v>2019</v>
       </c>
       <c r="F96" t="s">
         <v>30</v>
       </c>
       <c r="G96" t="s">
         <v>58</v>
       </c>
       <c r="H96" t="s">
         <v>97</v>
       </c>
       <c r="I96" t="s">
         <v>33</v>
       </c>
       <c r="J96" t="s">
-        <v>128</v>
+        <v>34</v>
       </c>
       <c r="K96" t="s">
-        <v>128</v>
+        <v>34</v>
       </c>
       <c r="L96" t="s">
-        <v>52</v>
+        <v>35</v>
       </c>
       <c r="M96" t="s">
-        <v>128</v>
+        <v>34</v>
       </c>
       <c r="N96" t="s">
         <v>36</v>
       </c>
       <c r="O96">
         <v>357</v>
       </c>
-      <c r="P96" t="s">
-[...12 lines deleted...]
-        <v>132</v>
+      <c r="P96">
+        <v>0.172</v>
+      </c>
+      <c r="Q96">
+        <v>0.145</v>
+      </c>
+      <c r="R96">
+        <v>0.205</v>
+      </c>
+      <c r="S96">
+        <v>0.0786</v>
+      </c>
+      <c r="T96">
+        <v>0.186</v>
       </c>
       <c r="U96">
-        <v>0.0216</v>
+        <v>0.363</v>
       </c>
       <c r="V96"/>
       <c r="W96">
-        <v>0.0805</v>
+        <v>0.901</v>
       </c>
       <c r="X96" t="s">
-        <v>153</v>
+        <v>180</v>
       </c>
       <c r="Y96"/>
       <c r="Z96" t="s">
-        <v>137</v>
+        <v>105</v>
       </c>
       <c r="AA96" t="s">
-        <v>148</v>
+        <v>179</v>
       </c>
     </row>
     <row r="97" spans="1:27">
       <c r="A97"/>
       <c r="B97" t="s">
         <v>74</v>
       </c>
       <c r="C97" t="s">
         <v>75</v>
       </c>
       <c r="D97" t="s">
         <v>29</v>
       </c>
       <c r="E97">
         <v>2019</v>
       </c>
       <c r="F97" t="s">
         <v>30</v>
       </c>
       <c r="G97" t="s">
         <v>58</v>
       </c>
       <c r="H97" t="s">
         <v>97</v>
       </c>
       <c r="I97" t="s">
         <v>100</v>
       </c>
       <c r="J97" t="s">
-        <v>128</v>
+        <v>34</v>
       </c>
       <c r="K97" t="s">
-        <v>128</v>
+        <v>34</v>
       </c>
       <c r="L97" t="s">
-        <v>52</v>
+        <v>35</v>
       </c>
       <c r="M97" t="s">
-        <v>128</v>
+        <v>34</v>
       </c>
       <c r="N97" t="s">
         <v>101</v>
       </c>
       <c r="O97">
         <v>357</v>
       </c>
-      <c r="P97" t="s">
-[...12 lines deleted...]
-        <v>132</v>
+      <c r="P97">
+        <v>0.226</v>
+      </c>
+      <c r="Q97">
+        <v>0.195</v>
+      </c>
+      <c r="R97">
+        <v>0.262</v>
+      </c>
+      <c r="S97">
+        <v>0.112</v>
+      </c>
+      <c r="T97">
+        <v>0.227</v>
       </c>
       <c r="U97">
-        <v>0.0316</v>
+        <v>0.394</v>
       </c>
       <c r="V97"/>
       <c r="W97">
-        <v>0.112</v>
+        <v>1.05</v>
       </c>
       <c r="X97" t="s">
-        <v>153</v>
+        <v>180</v>
       </c>
       <c r="Y97"/>
       <c r="Z97" t="s">
-        <v>137</v>
+        <v>105</v>
       </c>
       <c r="AA97" t="s">
-        <v>148</v>
+        <v>179</v>
       </c>
     </row>
     <row r="98" spans="1:27">
       <c r="A98"/>
       <c r="B98" t="s">
-        <v>79</v>
+        <v>74</v>
       </c>
       <c r="C98" t="s">
-        <v>80</v>
+        <v>75</v>
       </c>
       <c r="D98" t="s">
-        <v>81</v>
+        <v>29</v>
       </c>
       <c r="E98">
-        <v>2020</v>
+        <v>2019</v>
       </c>
       <c r="F98" t="s">
         <v>30</v>
       </c>
       <c r="G98" t="s">
-        <v>31</v>
+        <v>58</v>
       </c>
       <c r="H98" t="s">
         <v>97</v>
       </c>
       <c r="I98" t="s">
         <v>33</v>
       </c>
       <c r="J98" t="s">
-        <v>131</v>
+        <v>112</v>
       </c>
       <c r="K98" t="s">
-        <v>131</v>
+        <v>112</v>
       </c>
       <c r="L98" t="s">
         <v>52</v>
       </c>
       <c r="M98" t="s">
-        <v>131</v>
+        <v>112</v>
       </c>
       <c r="N98" t="s">
         <v>36</v>
       </c>
       <c r="O98">
-        <v>90</v>
-[...16 lines deleted...]
-      <c r="W98"/>
+        <v>357</v>
+      </c>
+      <c r="P98">
+        <v>0.182</v>
+      </c>
+      <c r="Q98">
+        <v>0.154</v>
+      </c>
+      <c r="R98">
+        <v>0.215</v>
+      </c>
+      <c r="S98">
+        <v>0.0927</v>
+      </c>
+      <c r="T98">
+        <v>0.2</v>
+      </c>
+      <c r="U98">
+        <v>0.36</v>
+      </c>
+      <c r="V98"/>
+      <c r="W98">
+        <v>1.05</v>
+      </c>
       <c r="X98" t="s">
-        <v>154</v>
+        <v>72</v>
       </c>
       <c r="Y98"/>
       <c r="Z98" t="s">
         <v>105</v>
       </c>
       <c r="AA98" t="s">
-        <v>155</v>
+        <v>179</v>
       </c>
     </row>
     <row r="99" spans="1:27">
       <c r="A99"/>
       <c r="B99" t="s">
-        <v>79</v>
+        <v>74</v>
       </c>
       <c r="C99" t="s">
-        <v>80</v>
+        <v>75</v>
       </c>
       <c r="D99" t="s">
-        <v>81</v>
+        <v>29</v>
       </c>
       <c r="E99">
-        <v>2020</v>
+        <v>2019</v>
       </c>
       <c r="F99" t="s">
         <v>30</v>
       </c>
       <c r="G99" t="s">
-        <v>31</v>
+        <v>58</v>
       </c>
       <c r="H99" t="s">
         <v>97</v>
       </c>
       <c r="I99" t="s">
-        <v>33</v>
+        <v>100</v>
       </c>
       <c r="J99" t="s">
-        <v>98</v>
+        <v>112</v>
       </c>
       <c r="K99" t="s">
-        <v>98</v>
+        <v>112</v>
       </c>
       <c r="L99" t="s">
-        <v>99</v>
+        <v>52</v>
       </c>
       <c r="M99" t="s">
-        <v>98</v>
+        <v>112</v>
       </c>
       <c r="N99" t="s">
-        <v>36</v>
+        <v>101</v>
       </c>
       <c r="O99">
-        <v>90</v>
+        <v>357</v>
       </c>
       <c r="P99">
-        <v>6.13</v>
+        <v>0.238</v>
       </c>
       <c r="Q99">
-        <v>4.57</v>
+        <v>0.209</v>
       </c>
       <c r="R99">
-        <v>8.21</v>
+        <v>0.272</v>
       </c>
       <c r="S99">
-        <v>2.46</v>
+        <v>0.125</v>
       </c>
       <c r="T99">
-        <v>4.44</v>
+        <v>0.2</v>
       </c>
       <c r="U99">
-        <v>18.5</v>
-[...4 lines deleted...]
-      <c r="W99"/>
+        <v>0.39</v>
+      </c>
+      <c r="V99"/>
+      <c r="W99">
+        <v>1.11</v>
+      </c>
       <c r="X99" t="s">
-        <v>41</v>
+        <v>72</v>
       </c>
       <c r="Y99"/>
       <c r="Z99" t="s">
-        <v>136</v>
+        <v>105</v>
       </c>
       <c r="AA99" t="s">
-        <v>83</v>
+        <v>179</v>
       </c>
     </row>
     <row r="100" spans="1:27">
       <c r="A100"/>
       <c r="B100" t="s">
-        <v>79</v>
+        <v>74</v>
       </c>
       <c r="C100" t="s">
-        <v>80</v>
+        <v>75</v>
       </c>
       <c r="D100" t="s">
-        <v>81</v>
+        <v>29</v>
       </c>
       <c r="E100">
-        <v>2020</v>
+        <v>2019</v>
       </c>
       <c r="F100" t="s">
         <v>30</v>
       </c>
       <c r="G100" t="s">
-        <v>31</v>
+        <v>58</v>
       </c>
       <c r="H100" t="s">
         <v>97</v>
       </c>
       <c r="I100" t="s">
-        <v>100</v>
+        <v>33</v>
       </c>
       <c r="J100" t="s">
-        <v>34</v>
+        <v>51</v>
       </c>
       <c r="K100" t="s">
-        <v>34</v>
+        <v>51</v>
       </c>
       <c r="L100" t="s">
-        <v>35</v>
+        <v>52</v>
       </c>
       <c r="M100" t="s">
-        <v>34</v>
+        <v>51</v>
       </c>
       <c r="N100" t="s">
-        <v>101</v>
+        <v>36</v>
       </c>
       <c r="O100">
-        <v>90</v>
-[...22 lines deleted...]
-      <c r="W100"/>
+        <v>357</v>
+      </c>
+      <c r="P100" t="s">
+        <v>115</v>
+      </c>
+      <c r="Q100" t="s">
+        <v>115</v>
+      </c>
+      <c r="R100" t="s">
+        <v>115</v>
+      </c>
+      <c r="S100" t="s">
+        <v>132</v>
+      </c>
+      <c r="T100" t="s">
+        <v>132</v>
+      </c>
+      <c r="U100" t="s">
+        <v>132</v>
+      </c>
+      <c r="V100"/>
+      <c r="W100">
+        <v>0.212</v>
+      </c>
       <c r="X100" t="s">
-        <v>156</v>
+        <v>139</v>
       </c>
       <c r="Y100"/>
       <c r="Z100" t="s">
-        <v>105</v>
+        <v>136</v>
       </c>
       <c r="AA100" t="s">
-        <v>83</v>
+        <v>178</v>
       </c>
     </row>
     <row r="101" spans="1:27">
       <c r="A101"/>
       <c r="B101" t="s">
-        <v>79</v>
+        <v>74</v>
       </c>
       <c r="C101" t="s">
-        <v>80</v>
+        <v>75</v>
       </c>
       <c r="D101" t="s">
-        <v>81</v>
+        <v>29</v>
       </c>
       <c r="E101">
-        <v>2020</v>
+        <v>2019</v>
       </c>
       <c r="F101" t="s">
         <v>30</v>
       </c>
       <c r="G101" t="s">
-        <v>31</v>
+        <v>58</v>
       </c>
       <c r="H101" t="s">
         <v>97</v>
       </c>
       <c r="I101" t="s">
-        <v>33</v>
+        <v>100</v>
       </c>
       <c r="J101" t="s">
-        <v>112</v>
+        <v>51</v>
       </c>
       <c r="K101" t="s">
-        <v>112</v>
+        <v>51</v>
       </c>
       <c r="L101" t="s">
         <v>52</v>
       </c>
       <c r="M101" t="s">
-        <v>112</v>
+        <v>51</v>
       </c>
       <c r="N101" t="s">
-        <v>36</v>
+        <v>101</v>
       </c>
       <c r="O101">
-        <v>90</v>
-[...22 lines deleted...]
-      <c r="W101"/>
+        <v>357</v>
+      </c>
+      <c r="P101" t="s">
+        <v>115</v>
+      </c>
+      <c r="Q101" t="s">
+        <v>115</v>
+      </c>
+      <c r="R101" t="s">
+        <v>115</v>
+      </c>
+      <c r="S101" t="s">
+        <v>132</v>
+      </c>
+      <c r="T101" t="s">
+        <v>132</v>
+      </c>
+      <c r="U101" t="s">
+        <v>132</v>
+      </c>
+      <c r="V101"/>
+      <c r="W101">
+        <v>0.555</v>
+      </c>
       <c r="X101" t="s">
-        <v>157</v>
+        <v>139</v>
       </c>
       <c r="Y101"/>
       <c r="Z101" t="s">
-        <v>105</v>
+        <v>136</v>
       </c>
       <c r="AA101" t="s">
-        <v>83</v>
+        <v>178</v>
       </c>
     </row>
     <row r="102" spans="1:27">
       <c r="A102"/>
       <c r="B102" t="s">
-        <v>79</v>
+        <v>74</v>
       </c>
       <c r="C102" t="s">
-        <v>80</v>
+        <v>75</v>
       </c>
       <c r="D102" t="s">
-        <v>81</v>
+        <v>29</v>
       </c>
       <c r="E102">
-        <v>2020</v>
+        <v>2019</v>
       </c>
       <c r="F102" t="s">
         <v>30</v>
       </c>
       <c r="G102" t="s">
-        <v>31</v>
+        <v>58</v>
       </c>
       <c r="H102" t="s">
         <v>97</v>
       </c>
       <c r="I102" t="s">
         <v>33</v>
       </c>
       <c r="J102" t="s">
-        <v>51</v>
+        <v>42</v>
       </c>
       <c r="K102" t="s">
-        <v>51</v>
+        <v>42</v>
       </c>
       <c r="L102" t="s">
-        <v>52</v>
+        <v>43</v>
       </c>
       <c r="M102" t="s">
-        <v>51</v>
+        <v>42</v>
       </c>
       <c r="N102" t="s">
         <v>36</v>
       </c>
       <c r="O102">
-        <v>90</v>
-[...16 lines deleted...]
-      <c r="W102"/>
+        <v>357</v>
+      </c>
+      <c r="P102">
+        <v>0.165</v>
+      </c>
+      <c r="Q102">
+        <v>0.138</v>
+      </c>
+      <c r="R102">
+        <v>0.197</v>
+      </c>
+      <c r="S102">
+        <v>0.0706</v>
+      </c>
+      <c r="T102">
+        <v>0.168</v>
+      </c>
+      <c r="U102">
+        <v>0.362</v>
+      </c>
+      <c r="V102"/>
+      <c r="W102">
+        <v>0.922</v>
+      </c>
       <c r="X102" t="s">
-        <v>158</v>
+        <v>181</v>
       </c>
       <c r="Y102"/>
       <c r="Z102" t="s">
-        <v>136</v>
+        <v>105</v>
       </c>
       <c r="AA102" t="s">
-        <v>155</v>
+        <v>179</v>
       </c>
     </row>
     <row r="103" spans="1:27">
       <c r="A103"/>
       <c r="B103" t="s">
-        <v>79</v>
+        <v>74</v>
       </c>
       <c r="C103" t="s">
-        <v>80</v>
+        <v>75</v>
       </c>
       <c r="D103" t="s">
-        <v>81</v>
+        <v>29</v>
       </c>
       <c r="E103">
-        <v>2020</v>
+        <v>2019</v>
       </c>
       <c r="F103" t="s">
         <v>30</v>
       </c>
       <c r="G103" t="s">
-        <v>31</v>
+        <v>58</v>
       </c>
       <c r="H103" t="s">
         <v>97</v>
       </c>
       <c r="I103" t="s">
-        <v>33</v>
+        <v>100</v>
       </c>
       <c r="J103" t="s">
         <v>42</v>
       </c>
       <c r="K103" t="s">
         <v>42</v>
       </c>
       <c r="L103" t="s">
         <v>43</v>
       </c>
       <c r="M103" t="s">
         <v>42</v>
       </c>
       <c r="N103" t="s">
-        <v>36</v>
+        <v>101</v>
       </c>
       <c r="O103">
-        <v>90</v>
+        <v>357</v>
       </c>
       <c r="P103">
-        <v>0.156</v>
+        <v>0.216</v>
       </c>
       <c r="Q103">
-        <v>0.121</v>
+        <v>0.184</v>
       </c>
       <c r="R103">
-        <v>0.201</v>
+        <v>0.254</v>
       </c>
       <c r="S103">
-        <v>0.0667</v>
+        <v>0.104</v>
       </c>
       <c r="T103">
-        <v>0.156</v>
+        <v>0.213</v>
       </c>
       <c r="U103">
-        <v>0.369</v>
-[...4 lines deleted...]
-      <c r="W103"/>
+        <v>0.402</v>
+      </c>
+      <c r="V103"/>
+      <c r="W103">
+        <v>1.34</v>
+      </c>
       <c r="X103" t="s">
-        <v>159</v>
+        <v>181</v>
       </c>
       <c r="Y103"/>
       <c r="Z103" t="s">
         <v>105</v>
       </c>
       <c r="AA103" t="s">
-        <v>83</v>
+        <v>179</v>
       </c>
     </row>
     <row r="104" spans="1:27">
       <c r="A104"/>
       <c r="B104" t="s">
-        <v>79</v>
+        <v>74</v>
       </c>
       <c r="C104" t="s">
-        <v>80</v>
+        <v>75</v>
       </c>
       <c r="D104" t="s">
-        <v>81</v>
+        <v>29</v>
       </c>
       <c r="E104">
-        <v>2020</v>
+        <v>2019</v>
       </c>
       <c r="F104" t="s">
         <v>30</v>
       </c>
       <c r="G104" t="s">
-        <v>31</v>
+        <v>58</v>
       </c>
       <c r="H104" t="s">
         <v>97</v>
       </c>
       <c r="I104" t="s">
         <v>33</v>
       </c>
       <c r="J104" t="s">
         <v>120</v>
       </c>
       <c r="K104" t="s">
         <v>120</v>
       </c>
       <c r="L104" t="s">
         <v>52</v>
       </c>
       <c r="M104" t="s">
         <v>120</v>
       </c>
       <c r="N104" t="s">
         <v>36</v>
       </c>
       <c r="O104">
-        <v>90</v>
+        <v>357</v>
       </c>
       <c r="P104">
-        <v>24.5</v>
+        <v>33.5</v>
       </c>
       <c r="Q104">
-        <v>19.8</v>
+        <v>28.2</v>
       </c>
       <c r="R104">
-        <v>30.3</v>
+        <v>39.8</v>
       </c>
       <c r="S104">
-        <v>12.1</v>
+        <v>18.6</v>
       </c>
       <c r="T104">
-        <v>26.2</v>
+        <v>35.6</v>
       </c>
       <c r="U104">
-        <v>58.1</v>
-[...4 lines deleted...]
-      <c r="W104"/>
+        <v>64.7</v>
+      </c>
+      <c r="V104"/>
+      <c r="W104">
+        <v>168</v>
+      </c>
       <c r="X104" t="s">
         <v>41</v>
       </c>
       <c r="Y104"/>
       <c r="Z104" t="s">
         <v>142</v>
       </c>
       <c r="AA104" t="s">
-        <v>83</v>
+        <v>179</v>
       </c>
     </row>
     <row r="105" spans="1:27">
       <c r="A105"/>
       <c r="B105" t="s">
-        <v>79</v>
+        <v>74</v>
       </c>
       <c r="C105" t="s">
-        <v>80</v>
+        <v>75</v>
       </c>
       <c r="D105" t="s">
-        <v>81</v>
+        <v>29</v>
       </c>
       <c r="E105">
-        <v>2020</v>
+        <v>2019</v>
       </c>
       <c r="F105" t="s">
         <v>30</v>
       </c>
       <c r="G105" t="s">
-        <v>31</v>
+        <v>58</v>
       </c>
       <c r="H105" t="s">
         <v>97</v>
       </c>
       <c r="I105" t="s">
-        <v>33</v>
+        <v>100</v>
       </c>
       <c r="J105" t="s">
-        <v>122</v>
+        <v>120</v>
       </c>
       <c r="K105" t="s">
-        <v>122</v>
+        <v>120</v>
       </c>
       <c r="L105" t="s">
         <v>52</v>
       </c>
       <c r="M105" t="s">
-        <v>122</v>
+        <v>120</v>
       </c>
       <c r="N105" t="s">
-        <v>36</v>
+        <v>101</v>
       </c>
       <c r="O105">
-        <v>90</v>
+        <v>357</v>
       </c>
       <c r="P105">
-        <v>0.108</v>
+        <v>43.9</v>
       </c>
       <c r="Q105">
-        <v>0.0909</v>
+        <v>38.8</v>
       </c>
       <c r="R105">
-        <v>0.129</v>
+        <v>49.7</v>
       </c>
       <c r="S105">
-        <v>0.0607</v>
+        <v>29.3</v>
       </c>
       <c r="T105">
-        <v>0.119</v>
+        <v>42.9</v>
       </c>
       <c r="U105">
-        <v>0.208</v>
-[...4 lines deleted...]
-      <c r="W105"/>
+        <v>62.9</v>
+      </c>
+      <c r="V105"/>
+      <c r="W105">
+        <v>161</v>
+      </c>
       <c r="X105" t="s">
-        <v>160</v>
+        <v>41</v>
       </c>
       <c r="Y105"/>
       <c r="Z105" t="s">
-        <v>137</v>
+        <v>142</v>
       </c>
       <c r="AA105" t="s">
-        <v>83</v>
+        <v>179</v>
       </c>
     </row>
     <row r="106" spans="1:27">
       <c r="A106"/>
       <c r="B106" t="s">
-        <v>79</v>
+        <v>74</v>
       </c>
       <c r="C106" t="s">
-        <v>80</v>
+        <v>75</v>
       </c>
       <c r="D106" t="s">
-        <v>81</v>
+        <v>29</v>
       </c>
       <c r="E106">
-        <v>2020</v>
+        <v>2019</v>
       </c>
       <c r="F106" t="s">
         <v>30</v>
       </c>
       <c r="G106" t="s">
-        <v>31</v>
+        <v>58</v>
       </c>
       <c r="H106" t="s">
         <v>97</v>
       </c>
       <c r="I106" t="s">
         <v>33</v>
       </c>
       <c r="J106" t="s">
-        <v>128</v>
+        <v>122</v>
       </c>
       <c r="K106" t="s">
-        <v>128</v>
+        <v>122</v>
       </c>
       <c r="L106" t="s">
         <v>52</v>
       </c>
       <c r="M106" t="s">
-        <v>128</v>
+        <v>122</v>
       </c>
       <c r="N106" t="s">
         <v>36</v>
       </c>
       <c r="O106">
-        <v>90</v>
-[...11 lines deleted...]
-      <c r="T106"/>
+        <v>357</v>
+      </c>
+      <c r="P106">
+        <v>0.148</v>
+      </c>
+      <c r="Q106">
+        <v>0.13</v>
+      </c>
+      <c r="R106">
+        <v>0.169</v>
+      </c>
+      <c r="S106">
+        <v>0.0884</v>
+      </c>
+      <c r="T106">
+        <v>0.158</v>
+      </c>
       <c r="U106">
-        <v>0.0164</v>
-[...4 lines deleted...]
-      <c r="W106"/>
+        <v>0.257</v>
+      </c>
+      <c r="V106"/>
+      <c r="W106">
+        <v>0.472</v>
+      </c>
       <c r="X106" t="s">
-        <v>161</v>
+        <v>182</v>
       </c>
       <c r="Y106"/>
       <c r="Z106" t="s">
         <v>137</v>
       </c>
       <c r="AA106" t="s">
-        <v>155</v>
+        <v>179</v>
       </c>
     </row>
     <row r="107" spans="1:27">
       <c r="A107"/>
       <c r="B107" t="s">
-        <v>85</v>
+        <v>74</v>
       </c>
       <c r="C107" t="s">
-        <v>86</v>
+        <v>75</v>
       </c>
       <c r="D107" t="s">
-        <v>87</v>
-[...2 lines deleted...]
-        <v>88</v>
+        <v>29</v>
+      </c>
+      <c r="E107">
+        <v>2019</v>
       </c>
       <c r="F107" t="s">
         <v>30</v>
       </c>
       <c r="G107" t="s">
-        <v>31</v>
+        <v>58</v>
       </c>
       <c r="H107" t="s">
         <v>97</v>
       </c>
       <c r="I107" t="s">
-        <v>33</v>
+        <v>100</v>
       </c>
       <c r="J107" t="s">
-        <v>98</v>
+        <v>122</v>
       </c>
       <c r="K107" t="s">
-        <v>98</v>
+        <v>122</v>
       </c>
       <c r="L107" t="s">
-        <v>99</v>
+        <v>52</v>
       </c>
       <c r="M107" t="s">
-        <v>98</v>
+        <v>122</v>
       </c>
       <c r="N107" t="s">
-        <v>89</v>
+        <v>101</v>
       </c>
       <c r="O107">
-        <v>101</v>
+        <v>357</v>
       </c>
       <c r="P107">
-        <v>10.8</v>
+        <v>0.194</v>
       </c>
       <c r="Q107">
-        <v>9.03</v>
+        <v>0.177</v>
       </c>
       <c r="R107">
-        <v>12.9</v>
+        <v>0.214</v>
       </c>
       <c r="S107">
-        <v>6.05</v>
+        <v>0.129</v>
       </c>
       <c r="T107">
-        <v>10.4</v>
+        <v>0.182</v>
       </c>
       <c r="U107">
-        <v>21.0</v>
-[...4 lines deleted...]
-      <c r="W107"/>
+        <v>0.278</v>
+      </c>
+      <c r="V107"/>
+      <c r="W107">
+        <v>0.525</v>
+      </c>
       <c r="X107" t="s">
-        <v>41</v>
+        <v>182</v>
       </c>
       <c r="Y107"/>
-      <c r="Z107">
-[...2 lines deleted...]
-      <c r="AA107"/>
+      <c r="Z107" t="s">
+        <v>137</v>
+      </c>
+      <c r="AA107" t="s">
+        <v>179</v>
+      </c>
     </row>
     <row r="108" spans="1:27">
       <c r="A108"/>
       <c r="B108" t="s">
-        <v>85</v>
+        <v>74</v>
       </c>
       <c r="C108" t="s">
-        <v>86</v>
+        <v>75</v>
       </c>
       <c r="D108" t="s">
-        <v>87</v>
-[...2 lines deleted...]
-        <v>88</v>
+        <v>29</v>
+      </c>
+      <c r="E108">
+        <v>2019</v>
       </c>
       <c r="F108" t="s">
         <v>30</v>
       </c>
       <c r="G108" t="s">
-        <v>31</v>
+        <v>58</v>
       </c>
       <c r="H108" t="s">
         <v>97</v>
       </c>
       <c r="I108" t="s">
-        <v>100</v>
+        <v>33</v>
       </c>
       <c r="J108" t="s">
-        <v>34</v>
+        <v>128</v>
       </c>
       <c r="K108" t="s">
-        <v>34</v>
+        <v>128</v>
       </c>
       <c r="L108" t="s">
-        <v>35</v>
+        <v>52</v>
       </c>
       <c r="M108" t="s">
-        <v>34</v>
+        <v>128</v>
       </c>
       <c r="N108" t="s">
-        <v>162</v>
+        <v>36</v>
       </c>
       <c r="O108">
-        <v>101</v>
-[...12 lines deleted...]
-        <v>0.138</v>
+        <v>357</v>
+      </c>
+      <c r="P108" t="s">
+        <v>115</v>
+      </c>
+      <c r="Q108" t="s">
+        <v>115</v>
+      </c>
+      <c r="R108" t="s">
+        <v>115</v>
+      </c>
+      <c r="S108" t="s">
+        <v>132</v>
+      </c>
+      <c r="T108" t="s">
+        <v>132</v>
       </c>
       <c r="U108">
-        <v>0.19</v>
-[...4 lines deleted...]
-      <c r="W108"/>
+        <v>0.0216</v>
+      </c>
+      <c r="V108"/>
+      <c r="W108">
+        <v>0.0805</v>
+      </c>
       <c r="X108" t="s">
-        <v>163</v>
+        <v>183</v>
       </c>
       <c r="Y108"/>
       <c r="Z108" t="s">
-        <v>164</v>
-[...1 lines deleted...]
-      <c r="AA108"/>
+        <v>137</v>
+      </c>
+      <c r="AA108" t="s">
+        <v>178</v>
+      </c>
     </row>
     <row r="109" spans="1:27">
       <c r="A109"/>
       <c r="B109" t="s">
-        <v>85</v>
+        <v>74</v>
       </c>
       <c r="C109" t="s">
-        <v>86</v>
+        <v>75</v>
       </c>
       <c r="D109" t="s">
-        <v>87</v>
-[...2 lines deleted...]
-        <v>88</v>
+        <v>29</v>
+      </c>
+      <c r="E109">
+        <v>2019</v>
       </c>
       <c r="F109" t="s">
         <v>30</v>
       </c>
       <c r="G109" t="s">
-        <v>31</v>
+        <v>58</v>
       </c>
       <c r="H109" t="s">
         <v>97</v>
       </c>
       <c r="I109" t="s">
-        <v>33</v>
+        <v>100</v>
       </c>
       <c r="J109" t="s">
-        <v>51</v>
+        <v>128</v>
       </c>
       <c r="K109" t="s">
-        <v>51</v>
+        <v>128</v>
       </c>
       <c r="L109" t="s">
         <v>52</v>
       </c>
       <c r="M109" t="s">
-        <v>51</v>
+        <v>128</v>
       </c>
       <c r="N109" t="s">
-        <v>89</v>
+        <v>101</v>
       </c>
       <c r="O109">
-        <v>99</v>
+        <v>357</v>
       </c>
       <c r="P109" t="s">
         <v>115</v>
       </c>
       <c r="Q109" t="s">
         <v>115</v>
       </c>
       <c r="R109" t="s">
         <v>115</v>
       </c>
-      <c r="S109"/>
-[...1 lines deleted...]
-      <c r="U109"/>
+      <c r="S109" t="s">
+        <v>132</v>
+      </c>
+      <c r="T109" t="s">
+        <v>132</v>
+      </c>
+      <c r="U109">
+        <v>0.0316</v>
+      </c>
       <c r="V109"/>
-      <c r="W109"/>
+      <c r="W109">
+        <v>0.112</v>
+      </c>
       <c r="X109" t="s">
-        <v>165</v>
+        <v>183</v>
       </c>
       <c r="Y109"/>
-      <c r="Z109">
-        <v>0.184</v>
+      <c r="Z109" t="s">
+        <v>137</v>
       </c>
       <c r="AA109" t="s">
-        <v>166</v>
+        <v>178</v>
       </c>
     </row>
     <row r="110" spans="1:27">
       <c r="A110"/>
       <c r="B110" t="s">
-        <v>85</v>
+        <v>79</v>
       </c>
       <c r="C110" t="s">
-        <v>86</v>
+        <v>80</v>
       </c>
       <c r="D110" t="s">
-        <v>87</v>
-[...2 lines deleted...]
-        <v>88</v>
+        <v>81</v>
+      </c>
+      <c r="E110">
+        <v>2020</v>
       </c>
       <c r="F110" t="s">
         <v>30</v>
       </c>
       <c r="G110" t="s">
         <v>31</v>
       </c>
       <c r="H110" t="s">
         <v>97</v>
       </c>
       <c r="I110" t="s">
         <v>33</v>
       </c>
       <c r="J110" t="s">
-        <v>42</v>
+        <v>131</v>
       </c>
       <c r="K110" t="s">
-        <v>42</v>
+        <v>131</v>
       </c>
       <c r="L110" t="s">
-        <v>43</v>
+        <v>52</v>
       </c>
       <c r="M110" t="s">
-        <v>42</v>
+        <v>131</v>
       </c>
       <c r="N110" t="s">
-        <v>89</v>
+        <v>36</v>
       </c>
       <c r="O110">
-        <v>101</v>
-[...18 lines deleted...]
-      </c>
+        <v>90</v>
+      </c>
+      <c r="P110" t="s">
+        <v>115</v>
+      </c>
+      <c r="Q110" t="s">
+        <v>115</v>
+      </c>
+      <c r="R110" t="s">
+        <v>115</v>
+      </c>
+      <c r="S110"/>
+      <c r="T110"/>
+      <c r="U110"/>
       <c r="V110">
-        <v>1.28</v>
+        <v>0.0558</v>
       </c>
       <c r="W110"/>
       <c r="X110" t="s">
-        <v>41</v>
+        <v>184</v>
       </c>
       <c r="Y110"/>
-      <c r="Z110">
-[...2 lines deleted...]
-      <c r="AA110"/>
+      <c r="Z110" t="s">
+        <v>105</v>
+      </c>
+      <c r="AA110" t="s">
+        <v>185</v>
+      </c>
     </row>
     <row r="111" spans="1:27">
       <c r="A111"/>
       <c r="B111" t="s">
-        <v>92</v>
+        <v>79</v>
       </c>
       <c r="C111" t="s">
-        <v>93</v>
+        <v>80</v>
       </c>
       <c r="D111" t="s">
-        <v>94</v>
-[...2 lines deleted...]
-        <v>88</v>
+        <v>81</v>
+      </c>
+      <c r="E111">
+        <v>2020</v>
       </c>
       <c r="F111" t="s">
         <v>30</v>
       </c>
       <c r="G111" t="s">
         <v>31</v>
       </c>
       <c r="H111" t="s">
         <v>97</v>
       </c>
       <c r="I111" t="s">
         <v>33</v>
       </c>
       <c r="J111" t="s">
         <v>98</v>
       </c>
       <c r="K111" t="s">
         <v>98</v>
       </c>
       <c r="L111" t="s">
         <v>99</v>
       </c>
       <c r="M111" t="s">
         <v>98</v>
       </c>
       <c r="N111" t="s">
         <v>36</v>
       </c>
       <c r="O111">
-        <v>89</v>
+        <v>90</v>
       </c>
       <c r="P111">
-        <v>7.71</v>
+        <v>6.13</v>
       </c>
       <c r="Q111">
-        <v>6.39</v>
+        <v>4.57</v>
       </c>
       <c r="R111">
-        <v>9.32</v>
+        <v>8.21</v>
       </c>
       <c r="S111">
-        <v>4.34</v>
+        <v>2.46</v>
       </c>
       <c r="T111">
-        <v>8.15</v>
+        <v>4.44</v>
       </c>
       <c r="U111">
-        <v>11.2</v>
+        <v>18.5</v>
       </c>
       <c r="V111">
-        <v>34.9</v>
+        <v>40.0</v>
       </c>
       <c r="W111"/>
-      <c r="X111"/>
+      <c r="X111" t="s">
+        <v>41</v>
+      </c>
       <c r="Y111"/>
-      <c r="Z111">
-[...2 lines deleted...]
-      <c r="AA111"/>
+      <c r="Z111" t="s">
+        <v>136</v>
+      </c>
+      <c r="AA111" t="s">
+        <v>83</v>
+      </c>
     </row>
     <row r="112" spans="1:27">
       <c r="A112"/>
       <c r="B112" t="s">
-        <v>92</v>
+        <v>79</v>
       </c>
       <c r="C112" t="s">
-        <v>93</v>
+        <v>80</v>
       </c>
       <c r="D112" t="s">
-        <v>94</v>
-[...2 lines deleted...]
-        <v>88</v>
+        <v>81</v>
+      </c>
+      <c r="E112">
+        <v>2020</v>
       </c>
       <c r="F112" t="s">
         <v>30</v>
       </c>
       <c r="G112" t="s">
         <v>31</v>
       </c>
       <c r="H112" t="s">
         <v>97</v>
       </c>
       <c r="I112" t="s">
         <v>100</v>
       </c>
       <c r="J112" t="s">
         <v>34</v>
       </c>
       <c r="K112" t="s">
         <v>34</v>
       </c>
       <c r="L112" t="s">
         <v>35</v>
       </c>
       <c r="M112" t="s">
         <v>34</v>
       </c>
       <c r="N112" t="s">
-        <v>162</v>
+        <v>101</v>
       </c>
       <c r="O112">
-        <v>89</v>
+        <v>90</v>
       </c>
       <c r="P112">
-        <v>0.185</v>
+        <v>0.24</v>
       </c>
       <c r="Q112">
-        <v>0.16</v>
+        <v>0.201</v>
       </c>
       <c r="R112">
-        <v>0.213</v>
-[...1 lines deleted...]
-      <c r="S112"/>
+        <v>0.287</v>
+      </c>
+      <c r="S112">
+        <v>0.123</v>
+      </c>
       <c r="T112">
-        <v>0.178</v>
+        <v>0.231</v>
       </c>
       <c r="U112">
-        <v>0.257</v>
+        <v>0.403</v>
       </c>
       <c r="V112">
-        <v>0.364</v>
+        <v>0.714</v>
       </c>
       <c r="W112"/>
-      <c r="X112"/>
+      <c r="X112" t="s">
+        <v>186</v>
+      </c>
       <c r="Y112"/>
       <c r="Z112" t="s">
-        <v>164</v>
-[...1 lines deleted...]
-      <c r="AA112"/>
+        <v>105</v>
+      </c>
+      <c r="AA112" t="s">
+        <v>83</v>
+      </c>
     </row>
     <row r="113" spans="1:27">
       <c r="A113"/>
       <c r="B113" t="s">
-        <v>92</v>
+        <v>79</v>
       </c>
       <c r="C113" t="s">
-        <v>93</v>
+        <v>80</v>
       </c>
       <c r="D113" t="s">
-        <v>94</v>
-[...2 lines deleted...]
-        <v>88</v>
+        <v>81</v>
+      </c>
+      <c r="E113">
+        <v>2020</v>
       </c>
       <c r="F113" t="s">
         <v>30</v>
       </c>
       <c r="G113" t="s">
         <v>31</v>
       </c>
       <c r="H113" t="s">
         <v>97</v>
       </c>
       <c r="I113" t="s">
         <v>33</v>
       </c>
       <c r="J113" t="s">
+        <v>112</v>
+      </c>
+      <c r="K113" t="s">
+        <v>112</v>
+      </c>
+      <c r="L113" t="s">
+        <v>52</v>
+      </c>
+      <c r="M113" t="s">
+        <v>112</v>
+      </c>
+      <c r="N113" t="s">
+        <v>36</v>
+      </c>
+      <c r="O113">
+        <v>90</v>
+      </c>
+      <c r="P113">
+        <v>0.171</v>
+      </c>
+      <c r="Q113">
+        <v>0.133</v>
+      </c>
+      <c r="R113">
+        <v>0.22</v>
+      </c>
+      <c r="S113">
+        <v>0.0715</v>
+      </c>
+      <c r="T113">
+        <v>0.182</v>
+      </c>
+      <c r="U113">
+        <v>0.319</v>
+      </c>
+      <c r="V113">
+        <v>0.846</v>
+      </c>
+      <c r="W113"/>
+      <c r="X113" t="s">
+        <v>187</v>
+      </c>
+      <c r="Y113"/>
+      <c r="Z113" t="s">
+        <v>105</v>
+      </c>
+      <c r="AA113" t="s">
+        <v>83</v>
+      </c>
+    </row>
+    <row r="114" spans="1:27">
+      <c r="A114"/>
+      <c r="B114" t="s">
+        <v>79</v>
+      </c>
+      <c r="C114" t="s">
+        <v>80</v>
+      </c>
+      <c r="D114" t="s">
+        <v>81</v>
+      </c>
+      <c r="E114">
+        <v>2020</v>
+      </c>
+      <c r="F114" t="s">
+        <v>30</v>
+      </c>
+      <c r="G114" t="s">
+        <v>31</v>
+      </c>
+      <c r="H114" t="s">
+        <v>97</v>
+      </c>
+      <c r="I114" t="s">
+        <v>33</v>
+      </c>
+      <c r="J114" t="s">
+        <v>51</v>
+      </c>
+      <c r="K114" t="s">
+        <v>51</v>
+      </c>
+      <c r="L114" t="s">
+        <v>52</v>
+      </c>
+      <c r="M114" t="s">
+        <v>51</v>
+      </c>
+      <c r="N114" t="s">
+        <v>36</v>
+      </c>
+      <c r="O114">
+        <v>90</v>
+      </c>
+      <c r="P114" t="s">
+        <v>115</v>
+      </c>
+      <c r="Q114" t="s">
+        <v>115</v>
+      </c>
+      <c r="R114" t="s">
+        <v>115</v>
+      </c>
+      <c r="S114"/>
+      <c r="T114"/>
+      <c r="U114"/>
+      <c r="V114">
+        <v>0.132</v>
+      </c>
+      <c r="W114"/>
+      <c r="X114" t="s">
+        <v>188</v>
+      </c>
+      <c r="Y114"/>
+      <c r="Z114" t="s">
+        <v>136</v>
+      </c>
+      <c r="AA114" t="s">
+        <v>185</v>
+      </c>
+    </row>
+    <row r="115" spans="1:27">
+      <c r="A115"/>
+      <c r="B115" t="s">
+        <v>79</v>
+      </c>
+      <c r="C115" t="s">
+        <v>80</v>
+      </c>
+      <c r="D115" t="s">
+        <v>81</v>
+      </c>
+      <c r="E115">
+        <v>2020</v>
+      </c>
+      <c r="F115" t="s">
+        <v>30</v>
+      </c>
+      <c r="G115" t="s">
+        <v>31</v>
+      </c>
+      <c r="H115" t="s">
+        <v>97</v>
+      </c>
+      <c r="I115" t="s">
+        <v>33</v>
+      </c>
+      <c r="J115" t="s">
         <v>42</v>
       </c>
-      <c r="K113" t="s">
+      <c r="K115" t="s">
         <v>42</v>
       </c>
-      <c r="L113" t="s">
+      <c r="L115" t="s">
         <v>43</v>
       </c>
-      <c r="M113" t="s">
+      <c r="M115" t="s">
         <v>42</v>
       </c>
-      <c r="N113" t="s">
+      <c r="N115" t="s">
+        <v>36</v>
+      </c>
+      <c r="O115">
+        <v>90</v>
+      </c>
+      <c r="P115">
+        <v>0.156</v>
+      </c>
+      <c r="Q115">
+        <v>0.121</v>
+      </c>
+      <c r="R115">
+        <v>0.201</v>
+      </c>
+      <c r="S115">
+        <v>0.0667</v>
+      </c>
+      <c r="T115">
+        <v>0.156</v>
+      </c>
+      <c r="U115">
+        <v>0.369</v>
+      </c>
+      <c r="V115">
+        <v>0.643</v>
+      </c>
+      <c r="W115"/>
+      <c r="X115" t="s">
+        <v>189</v>
+      </c>
+      <c r="Y115"/>
+      <c r="Z115" t="s">
+        <v>105</v>
+      </c>
+      <c r="AA115" t="s">
+        <v>83</v>
+      </c>
+    </row>
+    <row r="116" spans="1:27">
+      <c r="A116"/>
+      <c r="B116" t="s">
+        <v>79</v>
+      </c>
+      <c r="C116" t="s">
+        <v>80</v>
+      </c>
+      <c r="D116" t="s">
+        <v>81</v>
+      </c>
+      <c r="E116">
+        <v>2020</v>
+      </c>
+      <c r="F116" t="s">
+        <v>30</v>
+      </c>
+      <c r="G116" t="s">
+        <v>31</v>
+      </c>
+      <c r="H116" t="s">
+        <v>97</v>
+      </c>
+      <c r="I116" t="s">
+        <v>33</v>
+      </c>
+      <c r="J116" t="s">
+        <v>120</v>
+      </c>
+      <c r="K116" t="s">
+        <v>120</v>
+      </c>
+      <c r="L116" t="s">
+        <v>52</v>
+      </c>
+      <c r="M116" t="s">
+        <v>120</v>
+      </c>
+      <c r="N116" t="s">
+        <v>36</v>
+      </c>
+      <c r="O116">
+        <v>90</v>
+      </c>
+      <c r="P116">
+        <v>24.5</v>
+      </c>
+      <c r="Q116">
+        <v>19.8</v>
+      </c>
+      <c r="R116">
+        <v>30.3</v>
+      </c>
+      <c r="S116">
+        <v>12.1</v>
+      </c>
+      <c r="T116">
+        <v>26.2</v>
+      </c>
+      <c r="U116">
+        <v>58.1</v>
+      </c>
+      <c r="V116">
+        <v>85.2</v>
+      </c>
+      <c r="W116"/>
+      <c r="X116" t="s">
+        <v>41</v>
+      </c>
+      <c r="Y116"/>
+      <c r="Z116" t="s">
+        <v>142</v>
+      </c>
+      <c r="AA116" t="s">
+        <v>83</v>
+      </c>
+    </row>
+    <row r="117" spans="1:27">
+      <c r="A117"/>
+      <c r="B117" t="s">
+        <v>79</v>
+      </c>
+      <c r="C117" t="s">
+        <v>80</v>
+      </c>
+      <c r="D117" t="s">
+        <v>81</v>
+      </c>
+      <c r="E117">
+        <v>2020</v>
+      </c>
+      <c r="F117" t="s">
+        <v>30</v>
+      </c>
+      <c r="G117" t="s">
+        <v>31</v>
+      </c>
+      <c r="H117" t="s">
+        <v>97</v>
+      </c>
+      <c r="I117" t="s">
+        <v>33</v>
+      </c>
+      <c r="J117" t="s">
+        <v>122</v>
+      </c>
+      <c r="K117" t="s">
+        <v>122</v>
+      </c>
+      <c r="L117" t="s">
+        <v>52</v>
+      </c>
+      <c r="M117" t="s">
+        <v>122</v>
+      </c>
+      <c r="N117" t="s">
+        <v>36</v>
+      </c>
+      <c r="O117">
+        <v>90</v>
+      </c>
+      <c r="P117">
+        <v>0.108</v>
+      </c>
+      <c r="Q117">
+        <v>0.0909</v>
+      </c>
+      <c r="R117">
+        <v>0.129</v>
+      </c>
+      <c r="S117">
+        <v>0.0607</v>
+      </c>
+      <c r="T117">
+        <v>0.119</v>
+      </c>
+      <c r="U117">
+        <v>0.208</v>
+      </c>
+      <c r="V117">
+        <v>0.273</v>
+      </c>
+      <c r="W117"/>
+      <c r="X117" t="s">
+        <v>190</v>
+      </c>
+      <c r="Y117"/>
+      <c r="Z117" t="s">
+        <v>137</v>
+      </c>
+      <c r="AA117" t="s">
+        <v>83</v>
+      </c>
+    </row>
+    <row r="118" spans="1:27">
+      <c r="A118"/>
+      <c r="B118" t="s">
+        <v>79</v>
+      </c>
+      <c r="C118" t="s">
+        <v>80</v>
+      </c>
+      <c r="D118" t="s">
+        <v>81</v>
+      </c>
+      <c r="E118">
+        <v>2020</v>
+      </c>
+      <c r="F118" t="s">
+        <v>30</v>
+      </c>
+      <c r="G118" t="s">
+        <v>31</v>
+      </c>
+      <c r="H118" t="s">
+        <v>97</v>
+      </c>
+      <c r="I118" t="s">
+        <v>33</v>
+      </c>
+      <c r="J118" t="s">
+        <v>128</v>
+      </c>
+      <c r="K118" t="s">
+        <v>128</v>
+      </c>
+      <c r="L118" t="s">
+        <v>52</v>
+      </c>
+      <c r="M118" t="s">
+        <v>128</v>
+      </c>
+      <c r="N118" t="s">
+        <v>36</v>
+      </c>
+      <c r="O118">
+        <v>90</v>
+      </c>
+      <c r="P118" t="s">
+        <v>115</v>
+      </c>
+      <c r="Q118" t="s">
+        <v>115</v>
+      </c>
+      <c r="R118" t="s">
+        <v>115</v>
+      </c>
+      <c r="S118"/>
+      <c r="T118"/>
+      <c r="U118">
+        <v>0.0164</v>
+      </c>
+      <c r="V118">
+        <v>0.0326</v>
+      </c>
+      <c r="W118"/>
+      <c r="X118" t="s">
+        <v>191</v>
+      </c>
+      <c r="Y118"/>
+      <c r="Z118" t="s">
+        <v>137</v>
+      </c>
+      <c r="AA118" t="s">
+        <v>185</v>
+      </c>
+    </row>
+    <row r="119" spans="1:27">
+      <c r="A119"/>
+      <c r="B119" t="s">
+        <v>85</v>
+      </c>
+      <c r="C119" t="s">
+        <v>86</v>
+      </c>
+      <c r="D119" t="s">
+        <v>87</v>
+      </c>
+      <c r="E119" t="s">
+        <v>88</v>
+      </c>
+      <c r="F119" t="s">
+        <v>30</v>
+      </c>
+      <c r="G119" t="s">
+        <v>31</v>
+      </c>
+      <c r="H119" t="s">
+        <v>97</v>
+      </c>
+      <c r="I119" t="s">
+        <v>33</v>
+      </c>
+      <c r="J119" t="s">
+        <v>98</v>
+      </c>
+      <c r="K119" t="s">
+        <v>98</v>
+      </c>
+      <c r="L119" t="s">
+        <v>99</v>
+      </c>
+      <c r="M119" t="s">
+        <v>98</v>
+      </c>
+      <c r="N119" t="s">
         <v>89</v>
       </c>
-      <c r="O113">
+      <c r="O119">
+        <v>101</v>
+      </c>
+      <c r="P119">
+        <v>10.8</v>
+      </c>
+      <c r="Q119">
+        <v>9.03</v>
+      </c>
+      <c r="R119">
+        <v>12.9</v>
+      </c>
+      <c r="S119">
+        <v>6.05</v>
+      </c>
+      <c r="T119">
+        <v>10.4</v>
+      </c>
+      <c r="U119">
+        <v>21.0</v>
+      </c>
+      <c r="V119">
+        <v>34.9</v>
+      </c>
+      <c r="W119"/>
+      <c r="X119" t="s">
+        <v>41</v>
+      </c>
+      <c r="Y119"/>
+      <c r="Z119">
+        <v>0.158</v>
+      </c>
+      <c r="AA119"/>
+    </row>
+    <row r="120" spans="1:27">
+      <c r="A120"/>
+      <c r="B120" t="s">
+        <v>85</v>
+      </c>
+      <c r="C120" t="s">
+        <v>86</v>
+      </c>
+      <c r="D120" t="s">
+        <v>87</v>
+      </c>
+      <c r="E120" t="s">
+        <v>88</v>
+      </c>
+      <c r="F120" t="s">
+        <v>30</v>
+      </c>
+      <c r="G120" t="s">
+        <v>31</v>
+      </c>
+      <c r="H120" t="s">
+        <v>97</v>
+      </c>
+      <c r="I120" t="s">
+        <v>100</v>
+      </c>
+      <c r="J120" t="s">
+        <v>34</v>
+      </c>
+      <c r="K120" t="s">
+        <v>34</v>
+      </c>
+      <c r="L120" t="s">
+        <v>35</v>
+      </c>
+      <c r="M120" t="s">
+        <v>34</v>
+      </c>
+      <c r="N120" t="s">
+        <v>192</v>
+      </c>
+      <c r="O120">
+        <v>101</v>
+      </c>
+      <c r="P120">
+        <v>0.145</v>
+      </c>
+      <c r="Q120">
+        <v>0.132</v>
+      </c>
+      <c r="R120">
+        <v>0.16</v>
+      </c>
+      <c r="S120"/>
+      <c r="T120">
+        <v>0.138</v>
+      </c>
+      <c r="U120">
+        <v>0.19</v>
+      </c>
+      <c r="V120">
+        <v>0.277</v>
+      </c>
+      <c r="W120"/>
+      <c r="X120" t="s">
+        <v>193</v>
+      </c>
+      <c r="Y120"/>
+      <c r="Z120" t="s">
+        <v>194</v>
+      </c>
+      <c r="AA120"/>
+    </row>
+    <row r="121" spans="1:27">
+      <c r="A121"/>
+      <c r="B121" t="s">
+        <v>85</v>
+      </c>
+      <c r="C121" t="s">
+        <v>86</v>
+      </c>
+      <c r="D121" t="s">
+        <v>87</v>
+      </c>
+      <c r="E121" t="s">
+        <v>88</v>
+      </c>
+      <c r="F121" t="s">
+        <v>30</v>
+      </c>
+      <c r="G121" t="s">
+        <v>31</v>
+      </c>
+      <c r="H121" t="s">
+        <v>97</v>
+      </c>
+      <c r="I121" t="s">
+        <v>33</v>
+      </c>
+      <c r="J121" t="s">
+        <v>51</v>
+      </c>
+      <c r="K121" t="s">
+        <v>51</v>
+      </c>
+      <c r="L121" t="s">
+        <v>52</v>
+      </c>
+      <c r="M121" t="s">
+        <v>51</v>
+      </c>
+      <c r="N121" t="s">
         <v>89</v>
       </c>
-      <c r="P113">
+      <c r="O121">
+        <v>99</v>
+      </c>
+      <c r="P121" t="s">
+        <v>115</v>
+      </c>
+      <c r="Q121" t="s">
+        <v>115</v>
+      </c>
+      <c r="R121" t="s">
+        <v>115</v>
+      </c>
+      <c r="S121"/>
+      <c r="T121"/>
+      <c r="U121"/>
+      <c r="V121"/>
+      <c r="W121"/>
+      <c r="X121" t="s">
+        <v>195</v>
+      </c>
+      <c r="Y121"/>
+      <c r="Z121">
+        <v>0.184</v>
+      </c>
+      <c r="AA121" t="s">
+        <v>196</v>
+      </c>
+    </row>
+    <row r="122" spans="1:27">
+      <c r="A122"/>
+      <c r="B122" t="s">
+        <v>85</v>
+      </c>
+      <c r="C122" t="s">
+        <v>86</v>
+      </c>
+      <c r="D122" t="s">
+        <v>87</v>
+      </c>
+      <c r="E122" t="s">
+        <v>88</v>
+      </c>
+      <c r="F122" t="s">
+        <v>30</v>
+      </c>
+      <c r="G122" t="s">
+        <v>31</v>
+      </c>
+      <c r="H122" t="s">
+        <v>97</v>
+      </c>
+      <c r="I122" t="s">
+        <v>33</v>
+      </c>
+      <c r="J122" t="s">
+        <v>42</v>
+      </c>
+      <c r="K122" t="s">
+        <v>42</v>
+      </c>
+      <c r="L122" t="s">
+        <v>43</v>
+      </c>
+      <c r="M122" t="s">
+        <v>42</v>
+      </c>
+      <c r="N122" t="s">
+        <v>89</v>
+      </c>
+      <c r="O122">
+        <v>101</v>
+      </c>
+      <c r="P122">
+        <v>0.455</v>
+      </c>
+      <c r="Q122">
+        <v>0.382</v>
+      </c>
+      <c r="R122">
+        <v>0.542</v>
+      </c>
+      <c r="S122">
+        <v>0.221</v>
+      </c>
+      <c r="T122">
+        <v>0.447</v>
+      </c>
+      <c r="U122">
+        <v>0.914</v>
+      </c>
+      <c r="V122">
+        <v>1.28</v>
+      </c>
+      <c r="W122"/>
+      <c r="X122" t="s">
+        <v>41</v>
+      </c>
+      <c r="Y122"/>
+      <c r="Z122">
+        <v>0.0522</v>
+      </c>
+      <c r="AA122"/>
+    </row>
+    <row r="123" spans="1:27">
+      <c r="A123"/>
+      <c r="B123" t="s">
+        <v>92</v>
+      </c>
+      <c r="C123" t="s">
+        <v>93</v>
+      </c>
+      <c r="D123" t="s">
+        <v>94</v>
+      </c>
+      <c r="E123" t="s">
+        <v>88</v>
+      </c>
+      <c r="F123" t="s">
+        <v>30</v>
+      </c>
+      <c r="G123" t="s">
+        <v>31</v>
+      </c>
+      <c r="H123" t="s">
+        <v>97</v>
+      </c>
+      <c r="I123" t="s">
+        <v>33</v>
+      </c>
+      <c r="J123" t="s">
+        <v>98</v>
+      </c>
+      <c r="K123" t="s">
+        <v>98</v>
+      </c>
+      <c r="L123" t="s">
+        <v>99</v>
+      </c>
+      <c r="M123" t="s">
+        <v>98</v>
+      </c>
+      <c r="N123" t="s">
+        <v>36</v>
+      </c>
+      <c r="O123">
+        <v>89</v>
+      </c>
+      <c r="P123">
+        <v>7.71</v>
+      </c>
+      <c r="Q123">
+        <v>6.39</v>
+      </c>
+      <c r="R123">
+        <v>9.32</v>
+      </c>
+      <c r="S123">
+        <v>4.34</v>
+      </c>
+      <c r="T123">
+        <v>8.15</v>
+      </c>
+      <c r="U123">
+        <v>11.2</v>
+      </c>
+      <c r="V123">
+        <v>34.9</v>
+      </c>
+      <c r="W123"/>
+      <c r="X123"/>
+      <c r="Y123"/>
+      <c r="Z123">
+        <v>0.158</v>
+      </c>
+      <c r="AA123"/>
+    </row>
+    <row r="124" spans="1:27">
+      <c r="A124"/>
+      <c r="B124" t="s">
+        <v>92</v>
+      </c>
+      <c r="C124" t="s">
+        <v>93</v>
+      </c>
+      <c r="D124" t="s">
+        <v>94</v>
+      </c>
+      <c r="E124" t="s">
+        <v>88</v>
+      </c>
+      <c r="F124" t="s">
+        <v>30</v>
+      </c>
+      <c r="G124" t="s">
+        <v>31</v>
+      </c>
+      <c r="H124" t="s">
+        <v>97</v>
+      </c>
+      <c r="I124" t="s">
+        <v>100</v>
+      </c>
+      <c r="J124" t="s">
+        <v>34</v>
+      </c>
+      <c r="K124" t="s">
+        <v>34</v>
+      </c>
+      <c r="L124" t="s">
+        <v>35</v>
+      </c>
+      <c r="M124" t="s">
+        <v>34</v>
+      </c>
+      <c r="N124" t="s">
+        <v>192</v>
+      </c>
+      <c r="O124">
+        <v>89</v>
+      </c>
+      <c r="P124">
+        <v>0.185</v>
+      </c>
+      <c r="Q124">
+        <v>0.16</v>
+      </c>
+      <c r="R124">
+        <v>0.213</v>
+      </c>
+      <c r="S124"/>
+      <c r="T124">
+        <v>0.178</v>
+      </c>
+      <c r="U124">
+        <v>0.257</v>
+      </c>
+      <c r="V124">
+        <v>0.364</v>
+      </c>
+      <c r="W124"/>
+      <c r="X124"/>
+      <c r="Y124"/>
+      <c r="Z124" t="s">
+        <v>194</v>
+      </c>
+      <c r="AA124"/>
+    </row>
+    <row r="125" spans="1:27">
+      <c r="A125"/>
+      <c r="B125" t="s">
+        <v>92</v>
+      </c>
+      <c r="C125" t="s">
+        <v>93</v>
+      </c>
+      <c r="D125" t="s">
+        <v>94</v>
+      </c>
+      <c r="E125" t="s">
+        <v>88</v>
+      </c>
+      <c r="F125" t="s">
+        <v>30</v>
+      </c>
+      <c r="G125" t="s">
+        <v>31</v>
+      </c>
+      <c r="H125" t="s">
+        <v>97</v>
+      </c>
+      <c r="I125" t="s">
+        <v>33</v>
+      </c>
+      <c r="J125" t="s">
+        <v>42</v>
+      </c>
+      <c r="K125" t="s">
+        <v>42</v>
+      </c>
+      <c r="L125" t="s">
+        <v>43</v>
+      </c>
+      <c r="M125" t="s">
+        <v>42</v>
+      </c>
+      <c r="N125" t="s">
+        <v>89</v>
+      </c>
+      <c r="O125">
+        <v>89</v>
+      </c>
+      <c r="P125">
         <v>0.212</v>
       </c>
-      <c r="Q113">
+      <c r="Q125">
         <v>0.164</v>
       </c>
-      <c r="R113">
+      <c r="R125">
         <v>0.274</v>
       </c>
-      <c r="S113">
+      <c r="S125">
         <v>0.0897</v>
       </c>
-      <c r="T113">
+      <c r="T125">
         <v>0.176</v>
       </c>
-      <c r="U113">
+      <c r="U125">
         <v>0.429</v>
       </c>
-      <c r="V113">
+      <c r="V125">
         <v>0.997</v>
       </c>
-      <c r="W113"/>
-[...2 lines deleted...]
-      <c r="Z113">
+      <c r="W125"/>
+      <c r="X125"/>
+      <c r="Y125"/>
+      <c r="Z125">
         <v>0.0522</v>
       </c>
-      <c r="AA113"/>
+      <c r="AA125"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">