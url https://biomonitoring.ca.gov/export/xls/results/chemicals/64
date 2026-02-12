--- v0 (2025-12-05)
+++ v1 (2026-02-12)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Results" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="150">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="170">
   <si>
     <t>Time Period</t>
   </si>
   <si>
     <t>Project</t>
   </si>
   <si>
     <t>Study Group</t>
   </si>
   <si>
     <t>Study Group Subset</t>
   </si>
   <si>
     <t>Sample Collection Date</t>
   </si>
   <si>
     <t>Chemical Group</t>
   </si>
   <si>
     <t>Weighted - Unweighted</t>
   </si>
   <si>
     <t>Measured in</t>
   </si>
   <si>
@@ -276,126 +276,186 @@
   <si>
     <t>33.4%</t>
   </si>
   <si>
     <t>*Geometric mean was not calculated because the chemical was found in less than 65% of the study group.; ●Expanded BEST data from 218 participants was weighted, a statistical method to adjust over-represented and under-represented samples, so that the summary results adequately reflect the population of California’s Central Valley. Unweighted results are available to download on the Biomonitoring Exposures Study (BEST) – 2. Expanded project page.</t>
   </si>
   <si>
     <t>47.8%</t>
   </si>
   <si>
     <t>94.3%</t>
   </si>
   <si>
     <t>71.5%</t>
   </si>
   <si>
     <t>98.5%</t>
   </si>
   <si>
     <t>California Regional Exposure Study, Los Angeles County (CARE-LA)</t>
   </si>
   <si>
     <t>430 adults (age 18 and up) living in Los Angeles County</t>
   </si>
   <si>
-    <t>Women</t>
-[...5 lines deleted...]
-    <t>46.7%</t>
+    <t>ng/ml</t>
+  </si>
+  <si>
+    <t>0.500 and 1.000 ng/ml**</t>
+  </si>
+  <si>
+    <t>▶CARE-LA data were weighted (a statistical method to adjust over-represented and under-represented demographic characteristics in a study sample) so that the summary results adequately reflect the population of California’s Los Angeles County. Unweighted results are available to download on the California Regional Exposure Study, Los Angeles County (CARE-LA) project page.; **LOD changed during the time that samples were analyzed for this project.</t>
+  </si>
+  <si>
+    <t>2,010</t>
+  </si>
+  <si>
+    <t>77.5%</t>
+  </si>
+  <si>
+    <t>0.100 ng/ml</t>
+  </si>
+  <si>
+    <t>▶CARE-LA data were weighted (a statistical method to adjust over-represented and under-represented demographic characteristics in a study sample) so that the summary results adequately reflect the population of California’s Los Angeles County. Unweighted results are available to download on the California Regional Exposure Study, Los Angeles County (CARE-LA) project page.</t>
+  </si>
+  <si>
+    <t>78.4%</t>
+  </si>
+  <si>
+    <t>Bisphenol F (BPF)</t>
+  </si>
+  <si>
+    <t>BPF</t>
+  </si>
+  <si>
+    <t>620-92-8</t>
+  </si>
+  <si>
+    <t>Bisphenol F</t>
+  </si>
+  <si>
+    <t>&lt; LOD</t>
+  </si>
+  <si>
+    <t>27.6%</t>
+  </si>
+  <si>
+    <t>0.200 ng/ml</t>
+  </si>
+  <si>
+    <t>*Geometric mean was not calculated because the chemical was found in less than 65% of the study group.; ▶CARE-LA data were weighted (a statistical method to adjust over-represented and under-represented demographic characteristics in a study sample) so that the summary results adequately reflect the population of California’s Los Angeles County. Unweighted results are available to download on the California Regional Exposure Study, Los Angeles County (CARE-LA) project page.</t>
+  </si>
+  <si>
+    <t>26.7%</t>
+  </si>
+  <si>
+    <t>Bisphenol S (BPS)</t>
+  </si>
+  <si>
+    <t>BPS</t>
+  </si>
+  <si>
+    <t>80-09-1</t>
+  </si>
+  <si>
+    <t>Bisphenol S</t>
+  </si>
+  <si>
+    <t>75.8%</t>
+  </si>
+  <si>
+    <t>0.100 and 0.200 ng/ml**</t>
+  </si>
+  <si>
+    <t>76.8%</t>
+  </si>
+  <si>
+    <t>34.6%</t>
+  </si>
+  <si>
+    <t>0.200 and 0.500 ng/ml**</t>
+  </si>
+  <si>
+    <t>*Geometric mean was not calculated because the chemical was found in less than 65% of the study group.; ▶CARE-LA data were weighted (a statistical method to adjust over-represented and under-represented demographic characteristics in a study sample) so that the summary results adequately reflect the population of California’s Los Angeles County. Unweighted results are available to download on the California Regional Exposure Study, Los Angeles County (CARE-LA) project page.; **LOD changed during the time that samples were analyzed for this project.</t>
+  </si>
+  <si>
+    <t>35.1%</t>
+  </si>
+  <si>
+    <t>83.3%</t>
+  </si>
+  <si>
+    <t>0.500 ng/ml</t>
+  </si>
+  <si>
+    <t>66.1%</t>
+  </si>
+  <si>
+    <t>65.6%</t>
+  </si>
+  <si>
+    <t>Triclocarban</t>
+  </si>
+  <si>
+    <t>101-20-2</t>
+  </si>
+  <si>
+    <t>15.5%</t>
+  </si>
+  <si>
+    <t>14.4%</t>
+  </si>
+  <si>
+    <t>51.0%</t>
+  </si>
+  <si>
+    <t>0.200 and 1.000 ng/ml**</t>
+  </si>
+  <si>
+    <t>51.8%</t>
+  </si>
+  <si>
+    <t>California Regional Exposure Study, Region 2 (CARE-2)</t>
+  </si>
+  <si>
+    <t>359 adults (age 18 and up) living in Riverside, San Bernardino, Imperial, Mono, and Inyo counties</t>
+  </si>
+  <si>
+    <t>Adults</t>
+  </si>
+  <si>
+    <t>96.0%</t>
+  </si>
+  <si>
+    <t>69.5%</t>
+  </si>
+  <si>
+    <t>64.9%</t>
   </si>
   <si>
     <t>*Geometric mean was not calculated because the chemical was found in less than 65% of the study group.</t>
-  </si>
-[...64 lines deleted...]
-    <t>64.9%</t>
   </si>
   <si>
     <t>35.8%</t>
   </si>
   <si>
     <t>94.0%</t>
   </si>
   <si>
     <t>60.3%</t>
   </si>
   <si>
     <t>11.3%</t>
   </si>
   <si>
     <t>45.0%</t>
   </si>
   <si>
     <t>California Regional Exposure Study, Region 3 (CARE-3)</t>
   </si>
   <si>
     <t>90 adults (age 18 and up) living in San Diego and Orange counties</t>
   </si>
   <si>
     <t>90.0%</t>
   </si>
@@ -807,85 +867,85 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:AA60"/>
+  <dimension ref="A1:AA68"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="13" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="76" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="115" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="22" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="26" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="25" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="25" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="13" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="29" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="32" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="38" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="12" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="25" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="18" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="28" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="17" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="6" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="6" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="6" bestFit="true" customWidth="true" style="0"/>
     <col min="20" max="20" width="6" bestFit="true" customWidth="true" style="0"/>
     <col min="21" max="21" width="6" bestFit="true" customWidth="true" style="0"/>
     <col min="22" max="22" width="6" bestFit="true" customWidth="true" style="0"/>
     <col min="23" max="23" width="6" bestFit="true" customWidth="true" style="0"/>
     <col min="24" max="24" width="23" bestFit="true" customWidth="true" style="0"/>
     <col min="25" max="25" width="29" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="43" bestFit="true" customWidth="true" style="0"/>
-    <col min="27" max="27" width="530" bestFit="true" customWidth="true" style="0"/>
+    <col min="27" max="27" width="654" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:27">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
@@ -2513,2838 +2573,3492 @@
       </c>
       <c r="V22"/>
       <c r="W22">
         <v>812</v>
       </c>
       <c r="X22" t="s">
         <v>84</v>
       </c>
       <c r="Y22"/>
       <c r="Z22" t="s">
         <v>78</v>
       </c>
       <c r="AA22" t="s">
         <v>74</v>
       </c>
     </row>
     <row r="23" spans="1:27">
       <c r="A23"/>
       <c r="B23" t="s">
         <v>85</v>
       </c>
       <c r="C23" t="s">
         <v>86</v>
       </c>
       <c r="D23" t="s">
-        <v>87</v>
+        <v>29</v>
       </c>
       <c r="E23">
         <v>2018</v>
       </c>
       <c r="F23" t="s">
         <v>31</v>
       </c>
       <c r="G23" t="s">
-        <v>32</v>
+        <v>71</v>
       </c>
       <c r="H23" t="s">
         <v>33</v>
       </c>
       <c r="I23" t="s">
         <v>34</v>
       </c>
       <c r="J23" t="s">
         <v>35</v>
       </c>
       <c r="K23" t="s">
         <v>36</v>
       </c>
       <c r="L23" t="s">
         <v>37</v>
       </c>
       <c r="M23" t="s">
         <v>36</v>
       </c>
       <c r="N23" t="s">
-        <v>38</v>
+        <v>87</v>
       </c>
       <c r="O23">
-        <v>60</v>
+        <v>406</v>
       </c>
       <c r="P23">
-        <v>31.6</v>
+        <v>26.6</v>
       </c>
       <c r="Q23">
-        <v>18.4</v>
+        <v>19.5</v>
       </c>
       <c r="R23">
-        <v>54.2</v>
+        <v>36.3</v>
       </c>
       <c r="S23">
-        <v>7.52</v>
+        <v>7.12</v>
       </c>
       <c r="T23">
-        <v>22.3</v>
+        <v>21.1</v>
       </c>
       <c r="U23">
-        <v>152</v>
-[...4 lines deleted...]
-      <c r="W23"/>
+        <v>89.6</v>
+      </c>
+      <c r="V23"/>
+      <c r="W23">
+        <v>783</v>
+      </c>
       <c r="X23" t="s">
+        <v>72</v>
+      </c>
+      <c r="Y23"/>
+      <c r="Z23" t="s">
         <v>88</v>
       </c>
-      <c r="Y23"/>
-[...3 lines deleted...]
-      <c r="AA23"/>
+      <c r="AA23" t="s">
+        <v>89</v>
+      </c>
     </row>
     <row r="24" spans="1:27">
       <c r="A24"/>
       <c r="B24" t="s">
         <v>85</v>
       </c>
       <c r="C24" t="s">
         <v>86</v>
       </c>
       <c r="D24" t="s">
-        <v>87</v>
+        <v>29</v>
       </c>
       <c r="E24">
         <v>2018</v>
       </c>
       <c r="F24" t="s">
         <v>31</v>
       </c>
       <c r="G24" t="s">
-        <v>32</v>
+        <v>71</v>
       </c>
       <c r="H24" t="s">
         <v>33</v>
       </c>
       <c r="I24" t="s">
-        <v>34</v>
+        <v>75</v>
       </c>
       <c r="J24" t="s">
-        <v>41</v>
+        <v>35</v>
       </c>
       <c r="K24" t="s">
-        <v>42</v>
+        <v>36</v>
       </c>
       <c r="L24" t="s">
-        <v>43</v>
+        <v>37</v>
       </c>
       <c r="M24" t="s">
-        <v>44</v>
+        <v>36</v>
       </c>
       <c r="N24" t="s">
-        <v>38</v>
+        <v>76</v>
       </c>
       <c r="O24">
-        <v>60</v>
-[...11 lines deleted...]
-      <c r="T24"/>
+        <v>404</v>
+      </c>
+      <c r="P24">
+        <v>35.3</v>
+      </c>
+      <c r="Q24">
+        <v>24.8</v>
+      </c>
+      <c r="R24">
+        <v>50.2</v>
+      </c>
+      <c r="S24">
+        <v>8.33</v>
+      </c>
+      <c r="T24">
+        <v>26.7</v>
+      </c>
       <c r="U24">
-        <v>0.756</v>
-[...4 lines deleted...]
-      <c r="W24"/>
+        <v>113</v>
+      </c>
+      <c r="V24"/>
+      <c r="W24" t="s">
+        <v>90</v>
+      </c>
       <c r="X24" t="s">
+        <v>72</v>
+      </c>
+      <c r="Y24"/>
+      <c r="Z24" t="s">
+        <v>88</v>
+      </c>
+      <c r="AA24" t="s">
         <v>89</v>
-      </c>
-[...5 lines deleted...]
-        <v>90</v>
       </c>
     </row>
     <row r="25" spans="1:27">
       <c r="A25"/>
       <c r="B25" t="s">
         <v>85</v>
       </c>
       <c r="C25" t="s">
         <v>86</v>
       </c>
       <c r="D25" t="s">
-        <v>87</v>
+        <v>29</v>
       </c>
       <c r="E25">
         <v>2018</v>
       </c>
       <c r="F25" t="s">
         <v>31</v>
       </c>
       <c r="G25" t="s">
-        <v>32</v>
+        <v>71</v>
       </c>
       <c r="H25" t="s">
         <v>33</v>
       </c>
       <c r="I25" t="s">
         <v>34</v>
       </c>
       <c r="J25" t="s">
+        <v>41</v>
+      </c>
+      <c r="K25" t="s">
+        <v>42</v>
+      </c>
+      <c r="L25" t="s">
+        <v>43</v>
+      </c>
+      <c r="M25" t="s">
+        <v>44</v>
+      </c>
+      <c r="N25" t="s">
+        <v>87</v>
+      </c>
+      <c r="O25">
+        <v>406</v>
+      </c>
+      <c r="P25">
+        <v>0.444</v>
+      </c>
+      <c r="Q25">
+        <v>0.353</v>
+      </c>
+      <c r="R25">
+        <v>0.558</v>
+      </c>
+      <c r="S25">
+        <v>0.148</v>
+      </c>
+      <c r="T25">
+        <v>0.405</v>
+      </c>
+      <c r="U25">
+        <v>1.26</v>
+      </c>
+      <c r="V25"/>
+      <c r="W25">
+        <v>5.09</v>
+      </c>
+      <c r="X25" t="s">
         <v>91</v>
       </c>
-      <c r="K25" t="s">
+      <c r="Y25"/>
+      <c r="Z25" t="s">
         <v>92</v>
       </c>
-      <c r="L25" t="s">
+      <c r="AA25" t="s">
         <v>93</v>
-      </c>
-[...33 lines deleted...]
-        <v>90</v>
       </c>
     </row>
     <row r="26" spans="1:27">
       <c r="A26"/>
       <c r="B26" t="s">
         <v>85</v>
       </c>
       <c r="C26" t="s">
         <v>86</v>
       </c>
       <c r="D26" t="s">
-        <v>87</v>
+        <v>29</v>
       </c>
       <c r="E26">
         <v>2018</v>
       </c>
       <c r="F26" t="s">
         <v>31</v>
       </c>
       <c r="G26" t="s">
-        <v>32</v>
+        <v>71</v>
       </c>
       <c r="H26" t="s">
         <v>33</v>
       </c>
       <c r="I26" t="s">
-        <v>34</v>
+        <v>75</v>
       </c>
       <c r="J26" t="s">
-        <v>96</v>
+        <v>41</v>
       </c>
       <c r="K26" t="s">
-        <v>97</v>
+        <v>42</v>
       </c>
       <c r="L26" t="s">
-        <v>98</v>
+        <v>43</v>
       </c>
       <c r="M26" t="s">
-        <v>99</v>
+        <v>44</v>
       </c>
       <c r="N26" t="s">
-        <v>38</v>
+        <v>76</v>
       </c>
       <c r="O26">
-        <v>60</v>
+        <v>404</v>
       </c>
       <c r="P26">
-        <v>0.382</v>
+        <v>0.584</v>
       </c>
       <c r="Q26">
-        <v>0.269</v>
+        <v>0.49</v>
       </c>
       <c r="R26">
-        <v>0.544</v>
+        <v>0.696</v>
       </c>
       <c r="S26">
-        <v>0.106</v>
+        <v>0.259</v>
       </c>
       <c r="T26">
-        <v>0.342</v>
+        <v>0.61</v>
       </c>
       <c r="U26">
-        <v>1.33</v>
-[...4 lines deleted...]
-      <c r="W26"/>
+        <v>1.13</v>
+      </c>
+      <c r="V26"/>
+      <c r="W26">
+        <v>4.15</v>
+      </c>
       <c r="X26" t="s">
-        <v>100</v>
+        <v>94</v>
       </c>
       <c r="Y26"/>
-      <c r="Z26">
-[...2 lines deleted...]
-      <c r="AA26"/>
+      <c r="Z26" t="s">
+        <v>92</v>
+      </c>
+      <c r="AA26" t="s">
+        <v>93</v>
+      </c>
     </row>
     <row r="27" spans="1:27">
       <c r="A27"/>
       <c r="B27" t="s">
         <v>85</v>
       </c>
       <c r="C27" t="s">
         <v>86</v>
       </c>
       <c r="D27" t="s">
-        <v>87</v>
+        <v>29</v>
       </c>
       <c r="E27">
         <v>2018</v>
       </c>
       <c r="F27" t="s">
         <v>31</v>
       </c>
       <c r="G27" t="s">
-        <v>32</v>
+        <v>71</v>
       </c>
       <c r="H27" t="s">
         <v>33</v>
       </c>
       <c r="I27" t="s">
         <v>34</v>
       </c>
       <c r="J27" t="s">
-        <v>47</v>
+        <v>95</v>
       </c>
       <c r="K27" t="s">
-        <v>47</v>
+        <v>96</v>
       </c>
       <c r="L27" t="s">
-        <v>48</v>
+        <v>97</v>
       </c>
       <c r="M27" t="s">
-        <v>47</v>
+        <v>98</v>
       </c>
       <c r="N27" t="s">
-        <v>38</v>
+        <v>87</v>
       </c>
       <c r="O27">
-        <v>60</v>
+        <v>406</v>
       </c>
       <c r="P27" t="s">
         <v>50</v>
       </c>
       <c r="Q27" t="s">
         <v>50</v>
       </c>
       <c r="R27" t="s">
         <v>50</v>
       </c>
-      <c r="S27"/>
-[...5 lines deleted...]
-      <c r="W27"/>
+      <c r="S27" t="s">
+        <v>99</v>
+      </c>
+      <c r="T27" t="s">
+        <v>99</v>
+      </c>
+      <c r="U27">
+        <v>0.228</v>
+      </c>
+      <c r="V27"/>
+      <c r="W27">
+        <v>5.91</v>
+      </c>
       <c r="X27" t="s">
+        <v>100</v>
+      </c>
+      <c r="Y27"/>
+      <c r="Z27" t="s">
         <v>101</v>
       </c>
-      <c r="Y27"/>
-[...2 lines deleted...]
-      </c>
       <c r="AA27" t="s">
-        <v>90</v>
+        <v>102</v>
       </c>
     </row>
     <row r="28" spans="1:27">
       <c r="A28"/>
       <c r="B28" t="s">
         <v>85</v>
       </c>
       <c r="C28" t="s">
         <v>86</v>
       </c>
       <c r="D28" t="s">
-        <v>87</v>
+        <v>29</v>
       </c>
       <c r="E28">
         <v>2018</v>
       </c>
       <c r="F28" t="s">
         <v>31</v>
       </c>
       <c r="G28" t="s">
-        <v>32</v>
+        <v>71</v>
       </c>
       <c r="H28" t="s">
         <v>33</v>
       </c>
       <c r="I28" t="s">
-        <v>34</v>
+        <v>75</v>
       </c>
       <c r="J28" t="s">
-        <v>53</v>
+        <v>95</v>
       </c>
       <c r="K28" t="s">
-        <v>53</v>
+        <v>96</v>
       </c>
       <c r="L28" t="s">
-        <v>54</v>
+        <v>97</v>
       </c>
       <c r="M28" t="s">
-        <v>53</v>
+        <v>98</v>
       </c>
       <c r="N28" t="s">
-        <v>38</v>
+        <v>76</v>
       </c>
       <c r="O28">
-        <v>60</v>
+        <v>404</v>
       </c>
       <c r="P28" t="s">
         <v>50</v>
       </c>
       <c r="Q28" t="s">
         <v>50</v>
       </c>
       <c r="R28" t="s">
         <v>50</v>
       </c>
-      <c r="S28"/>
-      <c r="T28"/>
+      <c r="S28" t="s">
+        <v>99</v>
+      </c>
+      <c r="T28" t="s">
+        <v>99</v>
+      </c>
       <c r="U28">
-        <v>3.51</v>
-[...4 lines deleted...]
-      <c r="W28"/>
+        <v>0.773</v>
+      </c>
+      <c r="V28"/>
+      <c r="W28">
+        <v>4.47</v>
+      </c>
       <c r="X28" t="s">
+        <v>103</v>
+      </c>
+      <c r="Y28"/>
+      <c r="Z28" t="s">
+        <v>101</v>
+      </c>
+      <c r="AA28" t="s">
         <v>102</v>
-      </c>
-[...5 lines deleted...]
-        <v>90</v>
       </c>
     </row>
     <row r="29" spans="1:27">
       <c r="A29"/>
       <c r="B29" t="s">
         <v>85</v>
       </c>
       <c r="C29" t="s">
         <v>86</v>
       </c>
       <c r="D29" t="s">
-        <v>87</v>
+        <v>29</v>
       </c>
       <c r="E29">
         <v>2018</v>
       </c>
       <c r="F29" t="s">
         <v>31</v>
       </c>
       <c r="G29" t="s">
-        <v>32</v>
+        <v>71</v>
       </c>
       <c r="H29" t="s">
         <v>33</v>
       </c>
       <c r="I29" t="s">
         <v>34</v>
       </c>
       <c r="J29" t="s">
-        <v>57</v>
+        <v>104</v>
       </c>
       <c r="K29" t="s">
-        <v>57</v>
+        <v>105</v>
       </c>
       <c r="L29" t="s">
-        <v>58</v>
+        <v>106</v>
       </c>
       <c r="M29" t="s">
-        <v>57</v>
+        <v>107</v>
       </c>
       <c r="N29" t="s">
-        <v>38</v>
+        <v>87</v>
       </c>
       <c r="O29">
-        <v>60</v>
+        <v>406</v>
       </c>
       <c r="P29">
-        <v>15.7</v>
+        <v>0.612</v>
       </c>
       <c r="Q29">
-        <v>9.39</v>
+        <v>0.474</v>
       </c>
       <c r="R29">
-        <v>26.2</v>
+        <v>0.791</v>
       </c>
       <c r="S29">
-        <v>4.23</v>
+        <v>0.141</v>
       </c>
       <c r="T29">
-        <v>12.7</v>
+        <v>0.701</v>
       </c>
       <c r="U29">
-        <v>60.1</v>
-[...4 lines deleted...]
-      <c r="W29"/>
+        <v>1.82</v>
+      </c>
+      <c r="V29"/>
+      <c r="W29">
+        <v>6.86</v>
+      </c>
       <c r="X29" t="s">
-        <v>88</v>
+        <v>108</v>
       </c>
       <c r="Y29"/>
-      <c r="Z29">
-[...2 lines deleted...]
-      <c r="AA29"/>
+      <c r="Z29" t="s">
+        <v>109</v>
+      </c>
+      <c r="AA29" t="s">
+        <v>89</v>
+      </c>
     </row>
     <row r="30" spans="1:27">
       <c r="A30"/>
       <c r="B30" t="s">
         <v>85</v>
       </c>
       <c r="C30" t="s">
         <v>86</v>
       </c>
       <c r="D30" t="s">
-        <v>87</v>
+        <v>29</v>
       </c>
       <c r="E30">
         <v>2018</v>
       </c>
       <c r="F30" t="s">
         <v>31</v>
       </c>
       <c r="G30" t="s">
-        <v>32</v>
+        <v>71</v>
       </c>
       <c r="H30" t="s">
         <v>33</v>
       </c>
       <c r="I30" t="s">
-        <v>34</v>
+        <v>75</v>
       </c>
       <c r="J30" t="s">
-        <v>62</v>
+        <v>104</v>
       </c>
       <c r="K30" t="s">
-        <v>62</v>
+        <v>105</v>
       </c>
       <c r="L30" t="s">
-        <v>63</v>
+        <v>106</v>
       </c>
       <c r="M30" t="s">
-        <v>62</v>
+        <v>107</v>
       </c>
       <c r="N30" t="s">
-        <v>38</v>
+        <v>76</v>
       </c>
       <c r="O30">
-        <v>60</v>
+        <v>404</v>
       </c>
       <c r="P30">
-        <v>2.1</v>
+        <v>0.802</v>
       </c>
       <c r="Q30">
-        <v>1.11</v>
+        <v>0.638</v>
       </c>
       <c r="R30">
-        <v>3.97</v>
-[...1 lines deleted...]
-      <c r="S30"/>
+        <v>1.01</v>
+      </c>
+      <c r="S30">
+        <v>0.349</v>
+      </c>
       <c r="T30">
-        <v>2.57</v>
+        <v>0.885</v>
       </c>
       <c r="U30">
-        <v>9.28</v>
-[...4 lines deleted...]
-      <c r="W30"/>
+        <v>1.79</v>
+      </c>
+      <c r="V30"/>
+      <c r="W30">
+        <v>8.01</v>
+      </c>
       <c r="X30" t="s">
-        <v>103</v>
+        <v>110</v>
       </c>
       <c r="Y30"/>
-      <c r="Z30">
-[...2 lines deleted...]
-      <c r="AA30"/>
+      <c r="Z30" t="s">
+        <v>109</v>
+      </c>
+      <c r="AA30" t="s">
+        <v>89</v>
+      </c>
     </row>
     <row r="31" spans="1:27">
       <c r="A31"/>
       <c r="B31" t="s">
         <v>85</v>
       </c>
       <c r="C31" t="s">
         <v>86</v>
       </c>
       <c r="D31" t="s">
-        <v>87</v>
+        <v>29</v>
       </c>
       <c r="E31">
         <v>2018</v>
       </c>
       <c r="F31" t="s">
         <v>31</v>
       </c>
       <c r="G31" t="s">
-        <v>32</v>
+        <v>71</v>
       </c>
       <c r="H31" t="s">
         <v>33</v>
       </c>
       <c r="I31" t="s">
         <v>34</v>
       </c>
       <c r="J31" t="s">
-        <v>104</v>
+        <v>53</v>
       </c>
       <c r="K31" t="s">
-        <v>104</v>
+        <v>53</v>
       </c>
       <c r="L31" t="s">
-        <v>105</v>
+        <v>54</v>
       </c>
       <c r="M31" t="s">
-        <v>104</v>
+        <v>53</v>
       </c>
       <c r="N31" t="s">
-        <v>38</v>
+        <v>87</v>
       </c>
       <c r="O31">
-        <v>60</v>
+        <v>406</v>
       </c>
       <c r="P31" t="s">
         <v>50</v>
       </c>
       <c r="Q31" t="s">
         <v>50</v>
       </c>
       <c r="R31" t="s">
         <v>50</v>
       </c>
-      <c r="S31"/>
-[...5 lines deleted...]
-      <c r="W31"/>
+      <c r="S31" t="s">
+        <v>99</v>
+      </c>
+      <c r="T31" t="s">
+        <v>99</v>
+      </c>
+      <c r="U31">
+        <v>2.45</v>
+      </c>
+      <c r="V31"/>
+      <c r="W31">
+        <v>66.7</v>
+      </c>
       <c r="X31" t="s">
-        <v>101</v>
+        <v>111</v>
       </c>
       <c r="Y31"/>
-      <c r="Z31">
-        <v>0.1</v>
+      <c r="Z31" t="s">
+        <v>112</v>
       </c>
       <c r="AA31" t="s">
-        <v>90</v>
+        <v>113</v>
       </c>
     </row>
     <row r="32" spans="1:27">
       <c r="A32"/>
       <c r="B32" t="s">
         <v>85</v>
       </c>
       <c r="C32" t="s">
         <v>86</v>
       </c>
       <c r="D32" t="s">
-        <v>87</v>
+        <v>29</v>
       </c>
       <c r="E32">
         <v>2018</v>
       </c>
       <c r="F32" t="s">
         <v>31</v>
       </c>
       <c r="G32" t="s">
-        <v>32</v>
+        <v>71</v>
       </c>
       <c r="H32" t="s">
         <v>33</v>
       </c>
       <c r="I32" t="s">
-        <v>34</v>
+        <v>75</v>
       </c>
       <c r="J32" t="s">
-        <v>66</v>
+        <v>53</v>
       </c>
       <c r="K32" t="s">
-        <v>66</v>
+        <v>53</v>
       </c>
       <c r="L32" t="s">
-        <v>67</v>
+        <v>54</v>
       </c>
       <c r="M32" t="s">
-        <v>66</v>
+        <v>53</v>
       </c>
       <c r="N32" t="s">
-        <v>38</v>
+        <v>76</v>
       </c>
       <c r="O32">
-        <v>60</v>
-[...14 lines deleted...]
-        <v>0.908</v>
+        <v>404</v>
+      </c>
+      <c r="P32" t="s">
+        <v>50</v>
+      </c>
+      <c r="Q32" t="s">
+        <v>50</v>
+      </c>
+      <c r="R32" t="s">
+        <v>50</v>
+      </c>
+      <c r="S32" t="s">
+        <v>99</v>
+      </c>
+      <c r="T32" t="s">
+        <v>99</v>
       </c>
       <c r="U32">
-        <v>8.27</v>
-[...4 lines deleted...]
-      <c r="W32"/>
+        <v>2.27</v>
+      </c>
+      <c r="V32"/>
+      <c r="W32">
+        <v>73.8</v>
+      </c>
       <c r="X32" t="s">
-        <v>106</v>
+        <v>114</v>
       </c>
       <c r="Y32"/>
-      <c r="Z32">
-[...2 lines deleted...]
-      <c r="AA32"/>
+      <c r="Z32" t="s">
+        <v>112</v>
+      </c>
+      <c r="AA32" t="s">
+        <v>113</v>
+      </c>
     </row>
     <row r="33" spans="1:27">
       <c r="A33"/>
       <c r="B33" t="s">
-        <v>107</v>
+        <v>85</v>
       </c>
       <c r="C33" t="s">
-        <v>108</v>
+        <v>86</v>
       </c>
       <c r="D33" t="s">
-        <v>109</v>
+        <v>29</v>
       </c>
       <c r="E33">
-        <v>2019</v>
+        <v>2018</v>
       </c>
       <c r="F33" t="s">
         <v>31</v>
       </c>
       <c r="G33" t="s">
-        <v>32</v>
+        <v>71</v>
       </c>
       <c r="H33" t="s">
         <v>33</v>
       </c>
       <c r="I33" t="s">
         <v>34</v>
       </c>
       <c r="J33" t="s">
-        <v>35</v>
+        <v>57</v>
       </c>
       <c r="K33" t="s">
-        <v>36</v>
+        <v>57</v>
       </c>
       <c r="L33" t="s">
-        <v>37</v>
+        <v>58</v>
       </c>
       <c r="M33" t="s">
-        <v>36</v>
+        <v>57</v>
       </c>
       <c r="N33" t="s">
-        <v>38</v>
+        <v>87</v>
       </c>
       <c r="O33">
-        <v>151</v>
+        <v>406</v>
       </c>
       <c r="P33">
-        <v>18.5</v>
+        <v>13.7</v>
       </c>
       <c r="Q33">
-        <v>13.7</v>
+        <v>9.67</v>
       </c>
       <c r="R33">
-        <v>25.1</v>
+        <v>19.5</v>
       </c>
       <c r="S33">
-        <v>5.59</v>
+        <v>2.97</v>
       </c>
       <c r="T33">
-        <v>18.0</v>
+        <v>18.9</v>
       </c>
       <c r="U33">
-        <v>50.0</v>
+        <v>78.2</v>
       </c>
       <c r="V33"/>
       <c r="W33">
-        <v>493</v>
+        <v>389</v>
       </c>
       <c r="X33" t="s">
-        <v>110</v>
+        <v>115</v>
       </c>
       <c r="Y33"/>
-      <c r="Z33">
-[...2 lines deleted...]
-      <c r="AA33"/>
+      <c r="Z33" t="s">
+        <v>116</v>
+      </c>
+      <c r="AA33" t="s">
+        <v>93</v>
+      </c>
     </row>
     <row r="34" spans="1:27">
       <c r="A34"/>
       <c r="B34" t="s">
-        <v>107</v>
+        <v>85</v>
       </c>
       <c r="C34" t="s">
-        <v>108</v>
+        <v>86</v>
       </c>
       <c r="D34" t="s">
-        <v>109</v>
+        <v>29</v>
       </c>
       <c r="E34">
-        <v>2019</v>
+        <v>2018</v>
       </c>
       <c r="F34" t="s">
         <v>31</v>
       </c>
       <c r="G34" t="s">
-        <v>32</v>
+        <v>71</v>
       </c>
       <c r="H34" t="s">
         <v>33</v>
       </c>
       <c r="I34" t="s">
-        <v>34</v>
+        <v>75</v>
       </c>
       <c r="J34" t="s">
-        <v>41</v>
+        <v>57</v>
       </c>
       <c r="K34" t="s">
-        <v>42</v>
+        <v>57</v>
       </c>
       <c r="L34" t="s">
-        <v>43</v>
+        <v>58</v>
       </c>
       <c r="M34" t="s">
-        <v>44</v>
+        <v>57</v>
       </c>
       <c r="N34" t="s">
-        <v>38</v>
+        <v>76</v>
       </c>
       <c r="O34">
-        <v>151</v>
+        <v>404</v>
       </c>
       <c r="P34">
-        <v>0.503</v>
+        <v>18.4</v>
       </c>
       <c r="Q34">
-        <v>0.419</v>
+        <v>13.4</v>
       </c>
       <c r="R34">
-        <v>0.603</v>
-[...1 lines deleted...]
-      <c r="S34"/>
+        <v>25.2</v>
+      </c>
+      <c r="S34">
+        <v>4.05</v>
+      </c>
       <c r="T34">
-        <v>0.466</v>
+        <v>26.0</v>
       </c>
       <c r="U34">
-        <v>1.12</v>
+        <v>103</v>
       </c>
       <c r="V34"/>
       <c r="W34">
-        <v>3.19</v>
+        <v>254</v>
       </c>
       <c r="X34" t="s">
-        <v>111</v>
+        <v>115</v>
       </c>
       <c r="Y34"/>
-      <c r="Z34">
-[...2 lines deleted...]
-      <c r="AA34"/>
+      <c r="Z34" t="s">
+        <v>116</v>
+      </c>
+      <c r="AA34" t="s">
+        <v>93</v>
+      </c>
     </row>
     <row r="35" spans="1:27">
       <c r="A35"/>
       <c r="B35" t="s">
-        <v>107</v>
+        <v>85</v>
       </c>
       <c r="C35" t="s">
-        <v>108</v>
+        <v>86</v>
       </c>
       <c r="D35" t="s">
-        <v>109</v>
+        <v>29</v>
       </c>
       <c r="E35">
-        <v>2019</v>
+        <v>2018</v>
       </c>
       <c r="F35" t="s">
         <v>31</v>
       </c>
       <c r="G35" t="s">
-        <v>32</v>
+        <v>71</v>
       </c>
       <c r="H35" t="s">
         <v>33</v>
       </c>
       <c r="I35" t="s">
         <v>34</v>
       </c>
       <c r="J35" t="s">
-        <v>96</v>
+        <v>62</v>
       </c>
       <c r="K35" t="s">
-        <v>97</v>
+        <v>62</v>
       </c>
       <c r="L35" t="s">
-        <v>98</v>
+        <v>63</v>
       </c>
       <c r="M35" t="s">
+        <v>62</v>
+      </c>
+      <c r="N35" t="s">
+        <v>87</v>
+      </c>
+      <c r="O35">
+        <v>406</v>
+      </c>
+      <c r="P35">
+        <v>2.68</v>
+      </c>
+      <c r="Q35">
+        <v>1.77</v>
+      </c>
+      <c r="R35">
+        <v>4.07</v>
+      </c>
+      <c r="S35" t="s">
         <v>99</v>
       </c>
-      <c r="N35" t="s">
-[...14 lines deleted...]
-      <c r="S35"/>
       <c r="T35">
-        <v>0.233</v>
+        <v>2.29</v>
       </c>
       <c r="U35">
-        <v>0.593</v>
+        <v>23.6</v>
       </c>
       <c r="V35"/>
       <c r="W35">
-        <v>2.25</v>
+        <v>158</v>
       </c>
       <c r="X35" t="s">
-        <v>112</v>
+        <v>117</v>
       </c>
       <c r="Y35"/>
-      <c r="Z35">
-        <v>0.1</v>
+      <c r="Z35" t="s">
+        <v>101</v>
       </c>
       <c r="AA35" t="s">
-        <v>90</v>
+        <v>93</v>
       </c>
     </row>
     <row r="36" spans="1:27">
       <c r="A36"/>
       <c r="B36" t="s">
-        <v>107</v>
+        <v>85</v>
       </c>
       <c r="C36" t="s">
-        <v>108</v>
+        <v>86</v>
       </c>
       <c r="D36" t="s">
-        <v>109</v>
+        <v>29</v>
       </c>
       <c r="E36">
-        <v>2019</v>
+        <v>2018</v>
       </c>
       <c r="F36" t="s">
         <v>31</v>
       </c>
       <c r="G36" t="s">
-        <v>32</v>
+        <v>71</v>
       </c>
       <c r="H36" t="s">
         <v>33</v>
       </c>
       <c r="I36" t="s">
-        <v>34</v>
+        <v>75</v>
       </c>
       <c r="J36" t="s">
-        <v>53</v>
+        <v>62</v>
       </c>
       <c r="K36" t="s">
-        <v>53</v>
+        <v>62</v>
       </c>
       <c r="L36" t="s">
-        <v>54</v>
+        <v>63</v>
       </c>
       <c r="M36" t="s">
-        <v>53</v>
+        <v>62</v>
       </c>
       <c r="N36" t="s">
-        <v>38</v>
+        <v>76</v>
       </c>
       <c r="O36">
-        <v>151</v>
-[...11 lines deleted...]
-      <c r="T36"/>
+        <v>404</v>
+      </c>
+      <c r="P36">
+        <v>3.5</v>
+      </c>
+      <c r="Q36">
+        <v>2.33</v>
+      </c>
+      <c r="R36">
+        <v>5.28</v>
+      </c>
+      <c r="S36" t="s">
+        <v>99</v>
+      </c>
+      <c r="T36">
+        <v>3.57</v>
+      </c>
       <c r="U36">
-        <v>2.02</v>
+        <v>35.7</v>
       </c>
       <c r="V36"/>
       <c r="W36">
-        <v>69.7</v>
+        <v>146</v>
       </c>
       <c r="X36" t="s">
-        <v>113</v>
+        <v>118</v>
       </c>
       <c r="Y36"/>
-      <c r="Z36">
-        <v>0.5</v>
+      <c r="Z36" t="s">
+        <v>101</v>
       </c>
       <c r="AA36" t="s">
-        <v>90</v>
+        <v>93</v>
       </c>
     </row>
     <row r="37" spans="1:27">
       <c r="A37"/>
       <c r="B37" t="s">
-        <v>107</v>
+        <v>85</v>
       </c>
       <c r="C37" t="s">
-        <v>108</v>
+        <v>86</v>
       </c>
       <c r="D37" t="s">
-        <v>109</v>
+        <v>29</v>
       </c>
       <c r="E37">
-        <v>2019</v>
+        <v>2018</v>
       </c>
       <c r="F37" t="s">
         <v>31</v>
       </c>
       <c r="G37" t="s">
-        <v>32</v>
+        <v>71</v>
       </c>
       <c r="H37" t="s">
         <v>33</v>
       </c>
       <c r="I37" t="s">
         <v>34</v>
       </c>
       <c r="J37" t="s">
-        <v>57</v>
+        <v>119</v>
       </c>
       <c r="K37" t="s">
-        <v>57</v>
+        <v>119</v>
       </c>
       <c r="L37" t="s">
-        <v>58</v>
+        <v>120</v>
       </c>
       <c r="M37" t="s">
-        <v>57</v>
+        <v>119</v>
       </c>
       <c r="N37" t="s">
-        <v>38</v>
+        <v>87</v>
       </c>
       <c r="O37">
-        <v>151</v>
-[...17 lines deleted...]
-        <v>79.4</v>
+        <v>406</v>
+      </c>
+      <c r="P37" t="s">
+        <v>50</v>
+      </c>
+      <c r="Q37" t="s">
+        <v>50</v>
+      </c>
+      <c r="R37" t="s">
+        <v>50</v>
+      </c>
+      <c r="S37" t="s">
+        <v>99</v>
+      </c>
+      <c r="T37" t="s">
+        <v>99</v>
+      </c>
+      <c r="U37" t="s">
+        <v>99</v>
       </c>
       <c r="V37"/>
       <c r="W37">
-        <v>535</v>
+        <v>0.301</v>
       </c>
       <c r="X37" t="s">
-        <v>114</v>
+        <v>121</v>
       </c>
       <c r="Y37"/>
-      <c r="Z37">
-[...2 lines deleted...]
-      <c r="AA37"/>
+      <c r="Z37" t="s">
+        <v>92</v>
+      </c>
+      <c r="AA37" t="s">
+        <v>102</v>
+      </c>
     </row>
     <row r="38" spans="1:27">
       <c r="A38"/>
       <c r="B38" t="s">
-        <v>107</v>
+        <v>85</v>
       </c>
       <c r="C38" t="s">
-        <v>108</v>
+        <v>86</v>
       </c>
       <c r="D38" t="s">
-        <v>109</v>
+        <v>29</v>
       </c>
       <c r="E38">
-        <v>2019</v>
+        <v>2018</v>
       </c>
       <c r="F38" t="s">
         <v>31</v>
       </c>
       <c r="G38" t="s">
-        <v>32</v>
+        <v>71</v>
       </c>
       <c r="H38" t="s">
         <v>33</v>
       </c>
       <c r="I38" t="s">
-        <v>34</v>
+        <v>75</v>
       </c>
       <c r="J38" t="s">
-        <v>62</v>
+        <v>119</v>
       </c>
       <c r="K38" t="s">
-        <v>62</v>
+        <v>119</v>
       </c>
       <c r="L38" t="s">
-        <v>63</v>
+        <v>120</v>
       </c>
       <c r="M38" t="s">
-        <v>62</v>
+        <v>119</v>
       </c>
       <c r="N38" t="s">
-        <v>38</v>
+        <v>76</v>
       </c>
       <c r="O38">
-        <v>151</v>
+        <v>404</v>
       </c>
       <c r="P38" t="s">
         <v>50</v>
       </c>
       <c r="Q38" t="s">
         <v>50</v>
       </c>
       <c r="R38" t="s">
         <v>50</v>
       </c>
-      <c r="S38"/>
-[...4 lines deleted...]
-        <v>14.8</v>
+      <c r="S38" t="s">
+        <v>99</v>
+      </c>
+      <c r="T38" t="s">
+        <v>99</v>
+      </c>
+      <c r="U38" t="s">
+        <v>99</v>
       </c>
       <c r="V38"/>
       <c r="W38">
-        <v>223</v>
+        <v>0.808</v>
       </c>
       <c r="X38" t="s">
-        <v>115</v>
+        <v>122</v>
       </c>
       <c r="Y38"/>
-      <c r="Z38">
-        <v>0.2</v>
+      <c r="Z38" t="s">
+        <v>92</v>
       </c>
       <c r="AA38" t="s">
-        <v>90</v>
+        <v>102</v>
       </c>
     </row>
     <row r="39" spans="1:27">
       <c r="A39"/>
       <c r="B39" t="s">
-        <v>107</v>
+        <v>85</v>
       </c>
       <c r="C39" t="s">
-        <v>108</v>
+        <v>86</v>
       </c>
       <c r="D39" t="s">
-        <v>109</v>
+        <v>29</v>
       </c>
       <c r="E39">
-        <v>2019</v>
+        <v>2018</v>
       </c>
       <c r="F39" t="s">
         <v>31</v>
       </c>
       <c r="G39" t="s">
-        <v>32</v>
+        <v>71</v>
       </c>
       <c r="H39" t="s">
         <v>33</v>
       </c>
       <c r="I39" t="s">
         <v>34</v>
       </c>
       <c r="J39" t="s">
-        <v>104</v>
+        <v>66</v>
       </c>
       <c r="K39" t="s">
-        <v>104</v>
+        <v>66</v>
       </c>
       <c r="L39" t="s">
-        <v>105</v>
+        <v>67</v>
       </c>
       <c r="M39" t="s">
-        <v>104</v>
+        <v>66</v>
       </c>
       <c r="N39" t="s">
-        <v>38</v>
+        <v>87</v>
       </c>
       <c r="O39">
-        <v>151</v>
+        <v>406</v>
       </c>
       <c r="P39" t="s">
         <v>50</v>
       </c>
       <c r="Q39" t="s">
         <v>50</v>
       </c>
       <c r="R39" t="s">
         <v>50</v>
       </c>
-      <c r="S39"/>
-[...1 lines deleted...]
-      <c r="U39"/>
+      <c r="S39" t="s">
+        <v>99</v>
+      </c>
+      <c r="T39">
+        <v>0.705</v>
+      </c>
+      <c r="U39">
+        <v>6.52</v>
+      </c>
       <c r="V39"/>
       <c r="W39">
-        <v>0.307</v>
+        <v>528</v>
       </c>
       <c r="X39" t="s">
-        <v>116</v>
+        <v>123</v>
       </c>
       <c r="Y39"/>
-      <c r="Z39">
-        <v>0.1</v>
+      <c r="Z39" t="s">
+        <v>124</v>
       </c>
       <c r="AA39" t="s">
-        <v>90</v>
+        <v>113</v>
       </c>
     </row>
     <row r="40" spans="1:27">
       <c r="A40"/>
       <c r="B40" t="s">
-        <v>107</v>
+        <v>85</v>
       </c>
       <c r="C40" t="s">
-        <v>108</v>
+        <v>86</v>
       </c>
       <c r="D40" t="s">
-        <v>109</v>
+        <v>29</v>
       </c>
       <c r="E40">
-        <v>2019</v>
+        <v>2018</v>
       </c>
       <c r="F40" t="s">
         <v>31</v>
       </c>
       <c r="G40" t="s">
-        <v>32</v>
+        <v>71</v>
       </c>
       <c r="H40" t="s">
         <v>33</v>
       </c>
       <c r="I40" t="s">
-        <v>34</v>
+        <v>75</v>
       </c>
       <c r="J40" t="s">
         <v>66</v>
       </c>
       <c r="K40" t="s">
         <v>66</v>
       </c>
       <c r="L40" t="s">
         <v>67</v>
       </c>
       <c r="M40" t="s">
         <v>66</v>
       </c>
       <c r="N40" t="s">
-        <v>38</v>
+        <v>76</v>
       </c>
       <c r="O40">
-        <v>151</v>
+        <v>404</v>
       </c>
       <c r="P40" t="s">
         <v>50</v>
       </c>
       <c r="Q40" t="s">
         <v>50</v>
       </c>
       <c r="R40" t="s">
         <v>50</v>
       </c>
-      <c r="S40"/>
-      <c r="T40"/>
+      <c r="S40" t="s">
+        <v>99</v>
+      </c>
+      <c r="T40">
+        <v>1.81</v>
+      </c>
       <c r="U40">
-        <v>3.02</v>
+        <v>9.23</v>
       </c>
       <c r="V40"/>
       <c r="W40">
-        <v>389</v>
+        <v>758</v>
       </c>
       <c r="X40" t="s">
-        <v>117</v>
+        <v>125</v>
       </c>
       <c r="Y40"/>
-      <c r="Z40">
-        <v>1.0</v>
+      <c r="Z40" t="s">
+        <v>124</v>
       </c>
       <c r="AA40" t="s">
-        <v>90</v>
+        <v>113</v>
       </c>
     </row>
     <row r="41" spans="1:27">
       <c r="A41"/>
       <c r="B41" t="s">
-        <v>118</v>
+        <v>126</v>
       </c>
       <c r="C41" t="s">
-        <v>119</v>
+        <v>127</v>
       </c>
       <c r="D41" t="s">
-        <v>109</v>
+        <v>128</v>
       </c>
       <c r="E41">
-        <v>2020</v>
+        <v>2019</v>
       </c>
       <c r="F41" t="s">
         <v>31</v>
       </c>
       <c r="G41" t="s">
         <v>32</v>
       </c>
       <c r="H41" t="s">
         <v>33</v>
       </c>
       <c r="I41" t="s">
         <v>34</v>
       </c>
       <c r="J41" t="s">
         <v>35</v>
       </c>
       <c r="K41" t="s">
         <v>36</v>
       </c>
       <c r="L41" t="s">
         <v>37</v>
       </c>
       <c r="M41" t="s">
         <v>36</v>
       </c>
       <c r="N41" t="s">
         <v>38</v>
       </c>
       <c r="O41">
-        <v>90</v>
+        <v>151</v>
       </c>
       <c r="P41">
-        <v>14.4</v>
+        <v>18.5</v>
       </c>
       <c r="Q41">
-        <v>9.16</v>
+        <v>13.7</v>
       </c>
       <c r="R41">
-        <v>22.6</v>
+        <v>25.1</v>
       </c>
       <c r="S41">
-        <v>3.7</v>
+        <v>5.59</v>
       </c>
       <c r="T41">
-        <v>13.1</v>
+        <v>18.0</v>
       </c>
       <c r="U41">
-        <v>47.4</v>
-[...4 lines deleted...]
-      <c r="W41"/>
+        <v>50.0</v>
+      </c>
+      <c r="V41"/>
+      <c r="W41">
+        <v>493</v>
+      </c>
       <c r="X41" t="s">
-        <v>120</v>
+        <v>129</v>
       </c>
       <c r="Y41"/>
-      <c r="Z41" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="Z41">
+        <v>1.0</v>
+      </c>
+      <c r="AA41"/>
     </row>
     <row r="42" spans="1:27">
       <c r="A42"/>
       <c r="B42" t="s">
-        <v>118</v>
+        <v>126</v>
       </c>
       <c r="C42" t="s">
-        <v>119</v>
+        <v>127</v>
       </c>
       <c r="D42" t="s">
-        <v>109</v>
+        <v>128</v>
       </c>
       <c r="E42">
-        <v>2020</v>
+        <v>2019</v>
       </c>
       <c r="F42" t="s">
         <v>31</v>
       </c>
       <c r="G42" t="s">
         <v>32</v>
       </c>
       <c r="H42" t="s">
         <v>33</v>
       </c>
       <c r="I42" t="s">
         <v>34</v>
       </c>
       <c r="J42" t="s">
         <v>41</v>
       </c>
       <c r="K42" t="s">
         <v>42</v>
       </c>
       <c r="L42" t="s">
         <v>43</v>
       </c>
       <c r="M42" t="s">
         <v>44</v>
       </c>
       <c r="N42" t="s">
         <v>38</v>
       </c>
       <c r="O42">
-        <v>90</v>
+        <v>151</v>
       </c>
       <c r="P42">
-        <v>0.287</v>
+        <v>0.503</v>
       </c>
       <c r="Q42">
-        <v>0.233</v>
+        <v>0.419</v>
       </c>
       <c r="R42">
-        <v>0.352</v>
-[...3 lines deleted...]
-      </c>
+        <v>0.603</v>
+      </c>
+      <c r="S42"/>
       <c r="T42">
-        <v>0.281</v>
+        <v>0.466</v>
       </c>
       <c r="U42">
-        <v>0.598</v>
-[...4 lines deleted...]
-      <c r="W42"/>
+        <v>1.12</v>
+      </c>
+      <c r="V42"/>
+      <c r="W42">
+        <v>3.19</v>
+      </c>
       <c r="X42" t="s">
-        <v>123</v>
+        <v>130</v>
       </c>
       <c r="Y42"/>
-      <c r="Z42" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="Z42">
+        <v>0.2</v>
+      </c>
+      <c r="AA42"/>
     </row>
     <row r="43" spans="1:27">
       <c r="A43"/>
       <c r="B43" t="s">
-        <v>118</v>
+        <v>126</v>
       </c>
       <c r="C43" t="s">
-        <v>119</v>
+        <v>127</v>
       </c>
       <c r="D43" t="s">
-        <v>109</v>
+        <v>128</v>
       </c>
       <c r="E43">
-        <v>2020</v>
+        <v>2019</v>
       </c>
       <c r="F43" t="s">
         <v>31</v>
       </c>
       <c r="G43" t="s">
         <v>32</v>
       </c>
       <c r="H43" t="s">
         <v>33</v>
       </c>
       <c r="I43" t="s">
         <v>34</v>
       </c>
       <c r="J43" t="s">
-        <v>91</v>
+        <v>104</v>
       </c>
       <c r="K43" t="s">
-        <v>92</v>
+        <v>105</v>
       </c>
       <c r="L43" t="s">
-        <v>93</v>
+        <v>106</v>
       </c>
       <c r="M43" t="s">
-        <v>94</v>
+        <v>107</v>
       </c>
       <c r="N43" t="s">
         <v>38</v>
       </c>
       <c r="O43">
-        <v>90</v>
+        <v>151</v>
       </c>
       <c r="P43" t="s">
         <v>50</v>
       </c>
       <c r="Q43" t="s">
         <v>50</v>
       </c>
       <c r="R43" t="s">
         <v>50</v>
       </c>
       <c r="S43"/>
-      <c r="T43"/>
+      <c r="T43">
+        <v>0.233</v>
+      </c>
       <c r="U43">
-        <v>0.573</v>
-[...4 lines deleted...]
-      <c r="W43"/>
+        <v>0.593</v>
+      </c>
+      <c r="V43"/>
+      <c r="W43">
+        <v>2.25</v>
+      </c>
       <c r="X43" t="s">
-        <v>125</v>
+        <v>131</v>
       </c>
       <c r="Y43"/>
-      <c r="Z43" t="s">
-        <v>126</v>
+      <c r="Z43">
+        <v>0.1</v>
       </c>
       <c r="AA43" t="s">
-        <v>127</v>
+        <v>132</v>
       </c>
     </row>
     <row r="44" spans="1:27">
       <c r="A44"/>
       <c r="B44" t="s">
-        <v>118</v>
+        <v>126</v>
       </c>
       <c r="C44" t="s">
-        <v>119</v>
+        <v>127</v>
       </c>
       <c r="D44" t="s">
-        <v>109</v>
+        <v>128</v>
       </c>
       <c r="E44">
-        <v>2020</v>
+        <v>2019</v>
       </c>
       <c r="F44" t="s">
         <v>31</v>
       </c>
       <c r="G44" t="s">
         <v>32</v>
       </c>
       <c r="H44" t="s">
         <v>33</v>
       </c>
       <c r="I44" t="s">
         <v>34</v>
       </c>
       <c r="J44" t="s">
-        <v>96</v>
+        <v>53</v>
       </c>
       <c r="K44" t="s">
-        <v>97</v>
+        <v>53</v>
       </c>
       <c r="L44" t="s">
-        <v>98</v>
+        <v>54</v>
       </c>
       <c r="M44" t="s">
-        <v>99</v>
+        <v>53</v>
       </c>
       <c r="N44" t="s">
         <v>38</v>
       </c>
       <c r="O44">
-        <v>90</v>
+        <v>151</v>
       </c>
       <c r="P44" t="s">
         <v>50</v>
       </c>
       <c r="Q44" t="s">
         <v>50</v>
       </c>
       <c r="R44" t="s">
         <v>50</v>
       </c>
       <c r="S44"/>
-      <c r="T44">
-[...1 lines deleted...]
-      </c>
+      <c r="T44"/>
       <c r="U44">
-        <v>0.875</v>
-[...4 lines deleted...]
-      <c r="W44"/>
+        <v>2.02</v>
+      </c>
+      <c r="V44"/>
+      <c r="W44">
+        <v>69.7</v>
+      </c>
       <c r="X44" t="s">
-        <v>128</v>
+        <v>133</v>
       </c>
       <c r="Y44"/>
-      <c r="Z44" t="s">
-        <v>124</v>
+      <c r="Z44">
+        <v>0.5</v>
       </c>
       <c r="AA44" t="s">
-        <v>127</v>
+        <v>132</v>
       </c>
     </row>
     <row r="45" spans="1:27">
       <c r="A45"/>
       <c r="B45" t="s">
-        <v>118</v>
+        <v>126</v>
       </c>
       <c r="C45" t="s">
-        <v>119</v>
+        <v>127</v>
       </c>
       <c r="D45" t="s">
-        <v>109</v>
+        <v>128</v>
       </c>
       <c r="E45">
-        <v>2020</v>
+        <v>2019</v>
       </c>
       <c r="F45" t="s">
         <v>31</v>
       </c>
       <c r="G45" t="s">
         <v>32</v>
       </c>
       <c r="H45" t="s">
         <v>33</v>
       </c>
       <c r="I45" t="s">
         <v>34</v>
       </c>
       <c r="J45" t="s">
-        <v>47</v>
+        <v>57</v>
       </c>
       <c r="K45" t="s">
-        <v>47</v>
+        <v>57</v>
       </c>
       <c r="L45" t="s">
-        <v>48</v>
+        <v>58</v>
       </c>
       <c r="M45" t="s">
-        <v>47</v>
+        <v>57</v>
       </c>
       <c r="N45" t="s">
         <v>38</v>
       </c>
       <c r="O45">
-        <v>90</v>
-[...16 lines deleted...]
-      <c r="W45"/>
+        <v>151</v>
+      </c>
+      <c r="P45">
+        <v>15.3</v>
+      </c>
+      <c r="Q45">
+        <v>10.9</v>
+      </c>
+      <c r="R45">
+        <v>21.5</v>
+      </c>
+      <c r="S45">
+        <v>3.11</v>
+      </c>
+      <c r="T45">
+        <v>12.6</v>
+      </c>
+      <c r="U45">
+        <v>79.4</v>
+      </c>
+      <c r="V45"/>
+      <c r="W45">
+        <v>535</v>
+      </c>
       <c r="X45" t="s">
-        <v>129</v>
+        <v>134</v>
       </c>
       <c r="Y45"/>
-      <c r="Z45" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="Z45">
+        <v>0.5</v>
+      </c>
+      <c r="AA45"/>
     </row>
     <row r="46" spans="1:27">
       <c r="A46"/>
       <c r="B46" t="s">
-        <v>118</v>
+        <v>126</v>
       </c>
       <c r="C46" t="s">
-        <v>119</v>
+        <v>127</v>
       </c>
       <c r="D46" t="s">
-        <v>109</v>
+        <v>128</v>
       </c>
       <c r="E46">
-        <v>2020</v>
+        <v>2019</v>
       </c>
       <c r="F46" t="s">
         <v>31</v>
       </c>
       <c r="G46" t="s">
         <v>32</v>
       </c>
       <c r="H46" t="s">
         <v>33</v>
       </c>
       <c r="I46" t="s">
         <v>34</v>
       </c>
       <c r="J46" t="s">
-        <v>53</v>
+        <v>62</v>
       </c>
       <c r="K46" t="s">
-        <v>53</v>
+        <v>62</v>
       </c>
       <c r="L46" t="s">
-        <v>54</v>
+        <v>63</v>
       </c>
       <c r="M46" t="s">
-        <v>53</v>
+        <v>62</v>
       </c>
       <c r="N46" t="s">
         <v>38</v>
       </c>
       <c r="O46">
-        <v>90</v>
+        <v>151</v>
       </c>
       <c r="P46" t="s">
         <v>50</v>
       </c>
       <c r="Q46" t="s">
         <v>50</v>
       </c>
       <c r="R46" t="s">
         <v>50</v>
       </c>
       <c r="S46"/>
-      <c r="T46"/>
+      <c r="T46">
+        <v>1.54</v>
+      </c>
       <c r="U46">
-        <v>0.212</v>
-[...4 lines deleted...]
-      <c r="W46"/>
+        <v>14.8</v>
+      </c>
+      <c r="V46"/>
+      <c r="W46">
+        <v>223</v>
+      </c>
       <c r="X46" t="s">
-        <v>130</v>
+        <v>135</v>
       </c>
       <c r="Y46"/>
-      <c r="Z46" t="s">
-        <v>126</v>
+      <c r="Z46">
+        <v>0.2</v>
       </c>
       <c r="AA46" t="s">
-        <v>127</v>
+        <v>132</v>
       </c>
     </row>
     <row r="47" spans="1:27">
       <c r="A47"/>
       <c r="B47" t="s">
-        <v>118</v>
+        <v>126</v>
       </c>
       <c r="C47" t="s">
-        <v>119</v>
+        <v>127</v>
       </c>
       <c r="D47" t="s">
-        <v>109</v>
+        <v>128</v>
       </c>
       <c r="E47">
-        <v>2020</v>
+        <v>2019</v>
       </c>
       <c r="F47" t="s">
         <v>31</v>
       </c>
       <c r="G47" t="s">
         <v>32</v>
       </c>
       <c r="H47" t="s">
         <v>33</v>
       </c>
       <c r="I47" t="s">
         <v>34</v>
       </c>
       <c r="J47" t="s">
-        <v>57</v>
+        <v>119</v>
       </c>
       <c r="K47" t="s">
-        <v>57</v>
+        <v>119</v>
       </c>
       <c r="L47" t="s">
-        <v>58</v>
+        <v>120</v>
       </c>
       <c r="M47" t="s">
-        <v>57</v>
+        <v>119</v>
       </c>
       <c r="N47" t="s">
         <v>38</v>
       </c>
       <c r="O47">
-        <v>90</v>
-[...22 lines deleted...]
-      <c r="W47"/>
+        <v>151</v>
+      </c>
+      <c r="P47" t="s">
+        <v>50</v>
+      </c>
+      <c r="Q47" t="s">
+        <v>50</v>
+      </c>
+      <c r="R47" t="s">
+        <v>50</v>
+      </c>
+      <c r="S47"/>
+      <c r="T47"/>
+      <c r="U47"/>
+      <c r="V47"/>
+      <c r="W47">
+        <v>0.307</v>
+      </c>
       <c r="X47" t="s">
-        <v>131</v>
+        <v>136</v>
       </c>
       <c r="Y47"/>
-      <c r="Z47" t="s">
-        <v>121</v>
+      <c r="Z47">
+        <v>0.1</v>
       </c>
       <c r="AA47" t="s">
-        <v>122</v>
+        <v>132</v>
       </c>
     </row>
     <row r="48" spans="1:27">
       <c r="A48"/>
       <c r="B48" t="s">
-        <v>118</v>
+        <v>126</v>
       </c>
       <c r="C48" t="s">
-        <v>119</v>
+        <v>127</v>
       </c>
       <c r="D48" t="s">
-        <v>109</v>
+        <v>128</v>
       </c>
       <c r="E48">
-        <v>2020</v>
+        <v>2019</v>
       </c>
       <c r="F48" t="s">
         <v>31</v>
       </c>
       <c r="G48" t="s">
         <v>32</v>
       </c>
       <c r="H48" t="s">
         <v>33</v>
       </c>
       <c r="I48" t="s">
         <v>34</v>
       </c>
       <c r="J48" t="s">
-        <v>62</v>
+        <v>66</v>
       </c>
       <c r="K48" t="s">
-        <v>62</v>
+        <v>66</v>
       </c>
       <c r="L48" t="s">
-        <v>63</v>
+        <v>67</v>
       </c>
       <c r="M48" t="s">
-        <v>62</v>
+        <v>66</v>
       </c>
       <c r="N48" t="s">
         <v>38</v>
       </c>
       <c r="O48">
-        <v>90</v>
+        <v>151</v>
       </c>
       <c r="P48" t="s">
         <v>50</v>
       </c>
       <c r="Q48" t="s">
         <v>50</v>
       </c>
       <c r="R48" t="s">
         <v>50</v>
       </c>
       <c r="S48"/>
       <c r="T48"/>
       <c r="U48">
-        <v>13.5</v>
-[...4 lines deleted...]
-      <c r="W48"/>
+        <v>3.02</v>
+      </c>
+      <c r="V48"/>
+      <c r="W48">
+        <v>389</v>
+      </c>
       <c r="X48" t="s">
+        <v>137</v>
+      </c>
+      <c r="Y48"/>
+      <c r="Z48">
+        <v>1.0</v>
+      </c>
+      <c r="AA48" t="s">
         <v>132</v>
-      </c>
-[...5 lines deleted...]
-        <v>127</v>
       </c>
     </row>
     <row r="49" spans="1:27">
       <c r="A49"/>
       <c r="B49" t="s">
-        <v>118</v>
+        <v>138</v>
       </c>
       <c r="C49" t="s">
-        <v>119</v>
+        <v>139</v>
       </c>
       <c r="D49" t="s">
-        <v>109</v>
+        <v>128</v>
       </c>
       <c r="E49">
         <v>2020</v>
       </c>
       <c r="F49" t="s">
         <v>31</v>
       </c>
       <c r="G49" t="s">
         <v>32</v>
       </c>
       <c r="H49" t="s">
         <v>33</v>
       </c>
       <c r="I49" t="s">
         <v>34</v>
       </c>
       <c r="J49" t="s">
-        <v>104</v>
+        <v>35</v>
       </c>
       <c r="K49" t="s">
-        <v>104</v>
+        <v>36</v>
       </c>
       <c r="L49" t="s">
-        <v>105</v>
+        <v>37</v>
       </c>
       <c r="M49" t="s">
-        <v>104</v>
+        <v>36</v>
       </c>
       <c r="N49" t="s">
         <v>38</v>
       </c>
       <c r="O49">
         <v>90</v>
       </c>
-      <c r="P49" t="s">
-[...11 lines deleted...]
-      <c r="V49"/>
+      <c r="P49">
+        <v>14.4</v>
+      </c>
+      <c r="Q49">
+        <v>9.16</v>
+      </c>
+      <c r="R49">
+        <v>22.6</v>
+      </c>
+      <c r="S49">
+        <v>3.7</v>
+      </c>
+      <c r="T49">
+        <v>13.1</v>
+      </c>
+      <c r="U49">
+        <v>47.4</v>
+      </c>
+      <c r="V49">
+        <v>190</v>
+      </c>
       <c r="W49"/>
       <c r="X49" t="s">
-        <v>133</v>
+        <v>140</v>
       </c>
       <c r="Y49"/>
       <c r="Z49" t="s">
-        <v>124</v>
+        <v>141</v>
       </c>
       <c r="AA49" t="s">
-        <v>127</v>
+        <v>142</v>
       </c>
     </row>
     <row r="50" spans="1:27">
       <c r="A50"/>
       <c r="B50" t="s">
-        <v>118</v>
+        <v>138</v>
       </c>
       <c r="C50" t="s">
-        <v>119</v>
+        <v>139</v>
       </c>
       <c r="D50" t="s">
-        <v>109</v>
+        <v>128</v>
       </c>
       <c r="E50">
         <v>2020</v>
       </c>
       <c r="F50" t="s">
         <v>31</v>
       </c>
       <c r="G50" t="s">
         <v>32</v>
       </c>
       <c r="H50" t="s">
         <v>33</v>
       </c>
       <c r="I50" t="s">
         <v>34</v>
       </c>
       <c r="J50" t="s">
-        <v>66</v>
+        <v>41</v>
       </c>
       <c r="K50" t="s">
-        <v>66</v>
+        <v>42</v>
       </c>
       <c r="L50" t="s">
-        <v>67</v>
+        <v>43</v>
       </c>
       <c r="M50" t="s">
-        <v>66</v>
+        <v>44</v>
       </c>
       <c r="N50" t="s">
         <v>38</v>
       </c>
       <c r="O50">
         <v>90</v>
       </c>
-      <c r="P50" t="s">
-[...10 lines deleted...]
-      <c r="U50"/>
+      <c r="P50">
+        <v>0.287</v>
+      </c>
+      <c r="Q50">
+        <v>0.233</v>
+      </c>
+      <c r="R50">
+        <v>0.352</v>
+      </c>
+      <c r="S50">
+        <v>0.124</v>
+      </c>
+      <c r="T50">
+        <v>0.281</v>
+      </c>
+      <c r="U50">
+        <v>0.598</v>
+      </c>
       <c r="V50">
-        <v>1.82</v>
+        <v>0.895</v>
       </c>
       <c r="W50"/>
       <c r="X50" t="s">
-        <v>134</v>
+        <v>143</v>
       </c>
       <c r="Y50"/>
       <c r="Z50" t="s">
-        <v>135</v>
+        <v>144</v>
       </c>
       <c r="AA50" t="s">
-        <v>127</v>
+        <v>142</v>
       </c>
     </row>
     <row r="51" spans="1:27">
       <c r="A51"/>
       <c r="B51" t="s">
-        <v>136</v>
+        <v>138</v>
       </c>
       <c r="C51" t="s">
-        <v>137</v>
+        <v>139</v>
       </c>
       <c r="D51" t="s">
-        <v>138</v>
-[...2 lines deleted...]
-        <v>139</v>
+        <v>128</v>
+      </c>
+      <c r="E51">
+        <v>2020</v>
       </c>
       <c r="F51" t="s">
         <v>31</v>
       </c>
       <c r="G51" t="s">
         <v>32</v>
       </c>
       <c r="H51" t="s">
         <v>33</v>
       </c>
       <c r="I51" t="s">
         <v>34</v>
       </c>
       <c r="J51" t="s">
-        <v>35</v>
+        <v>95</v>
       </c>
       <c r="K51" t="s">
-        <v>36</v>
+        <v>96</v>
       </c>
       <c r="L51" t="s">
-        <v>37</v>
+        <v>97</v>
       </c>
       <c r="M51" t="s">
-        <v>36</v>
+        <v>98</v>
       </c>
       <c r="N51" t="s">
         <v>38</v>
       </c>
       <c r="O51">
-        <v>101</v>
-[...15 lines deleted...]
-      </c>
+        <v>90</v>
+      </c>
+      <c r="P51" t="s">
+        <v>50</v>
+      </c>
+      <c r="Q51" t="s">
+        <v>50</v>
+      </c>
+      <c r="R51" t="s">
+        <v>50</v>
+      </c>
+      <c r="S51"/>
+      <c r="T51"/>
       <c r="U51">
-        <v>186</v>
-[...4 lines deleted...]
-      </c>
+        <v>0.573</v>
+      </c>
+      <c r="V51">
+        <v>2.03</v>
+      </c>
+      <c r="W51"/>
       <c r="X51" t="s">
-        <v>140</v>
+        <v>145</v>
       </c>
       <c r="Y51"/>
-      <c r="Z51">
-[...2 lines deleted...]
-      <c r="AA51"/>
+      <c r="Z51" t="s">
+        <v>146</v>
+      </c>
+      <c r="AA51" t="s">
+        <v>147</v>
+      </c>
     </row>
     <row r="52" spans="1:27">
       <c r="A52"/>
       <c r="B52" t="s">
-        <v>136</v>
+        <v>138</v>
       </c>
       <c r="C52" t="s">
-        <v>137</v>
+        <v>139</v>
       </c>
       <c r="D52" t="s">
-        <v>138</v>
-[...2 lines deleted...]
-        <v>139</v>
+        <v>128</v>
+      </c>
+      <c r="E52">
+        <v>2020</v>
       </c>
       <c r="F52" t="s">
         <v>31</v>
       </c>
       <c r="G52" t="s">
         <v>32</v>
       </c>
       <c r="H52" t="s">
         <v>33</v>
       </c>
       <c r="I52" t="s">
         <v>34</v>
       </c>
       <c r="J52" t="s">
-        <v>41</v>
+        <v>104</v>
       </c>
       <c r="K52" t="s">
-        <v>42</v>
+        <v>105</v>
       </c>
       <c r="L52" t="s">
-        <v>43</v>
+        <v>106</v>
       </c>
       <c r="M52" t="s">
-        <v>44</v>
+        <v>107</v>
       </c>
       <c r="N52" t="s">
         <v>38</v>
       </c>
       <c r="O52">
-        <v>101</v>
-[...12 lines deleted...]
-      </c>
+        <v>90</v>
+      </c>
+      <c r="P52" t="s">
+        <v>50</v>
+      </c>
+      <c r="Q52" t="s">
+        <v>50</v>
+      </c>
+      <c r="R52" t="s">
+        <v>50</v>
+      </c>
+      <c r="S52"/>
       <c r="T52">
-        <v>1.53</v>
+        <v>0.288</v>
       </c>
       <c r="U52">
-        <v>3.16</v>
-[...4 lines deleted...]
-      </c>
+        <v>0.875</v>
+      </c>
+      <c r="V52">
+        <v>2.85</v>
+      </c>
+      <c r="W52"/>
       <c r="X52" t="s">
-        <v>141</v>
+        <v>148</v>
       </c>
       <c r="Y52"/>
-      <c r="Z52">
-[...2 lines deleted...]
-      <c r="AA52"/>
+      <c r="Z52" t="s">
+        <v>144</v>
+      </c>
+      <c r="AA52" t="s">
+        <v>147</v>
+      </c>
     </row>
     <row r="53" spans="1:27">
       <c r="A53"/>
       <c r="B53" t="s">
-        <v>136</v>
+        <v>138</v>
       </c>
       <c r="C53" t="s">
-        <v>137</v>
+        <v>139</v>
       </c>
       <c r="D53" t="s">
-        <v>138</v>
-[...2 lines deleted...]
-        <v>139</v>
+        <v>128</v>
+      </c>
+      <c r="E53">
+        <v>2020</v>
       </c>
       <c r="F53" t="s">
         <v>31</v>
       </c>
       <c r="G53" t="s">
         <v>32</v>
       </c>
       <c r="H53" t="s">
         <v>33</v>
       </c>
       <c r="I53" t="s">
         <v>34</v>
       </c>
       <c r="J53" t="s">
         <v>47</v>
       </c>
       <c r="K53" t="s">
         <v>47</v>
       </c>
       <c r="L53" t="s">
         <v>48</v>
       </c>
       <c r="M53" t="s">
         <v>47</v>
       </c>
       <c r="N53" t="s">
         <v>38</v>
       </c>
       <c r="O53">
-        <v>101</v>
+        <v>90</v>
       </c>
       <c r="P53" t="s">
         <v>50</v>
       </c>
       <c r="Q53" t="s">
         <v>50</v>
       </c>
       <c r="R53" t="s">
         <v>50</v>
       </c>
       <c r="S53"/>
       <c r="T53"/>
-      <c r="U53">
-[...5 lines deleted...]
-      </c>
+      <c r="U53"/>
+      <c r="V53">
+        <v>0.114</v>
+      </c>
+      <c r="W53"/>
       <c r="X53" t="s">
-        <v>142</v>
+        <v>149</v>
       </c>
       <c r="Y53"/>
-      <c r="Z53">
-        <v>0.5</v>
+      <c r="Z53" t="s">
+        <v>144</v>
       </c>
       <c r="AA53" t="s">
-        <v>52</v>
+        <v>147</v>
       </c>
     </row>
     <row r="54" spans="1:27">
       <c r="A54"/>
       <c r="B54" t="s">
-        <v>136</v>
+        <v>138</v>
       </c>
       <c r="C54" t="s">
-        <v>137</v>
+        <v>139</v>
       </c>
       <c r="D54" t="s">
-        <v>138</v>
-[...2 lines deleted...]
-        <v>139</v>
+        <v>128</v>
+      </c>
+      <c r="E54">
+        <v>2020</v>
       </c>
       <c r="F54" t="s">
         <v>31</v>
       </c>
       <c r="G54" t="s">
         <v>32</v>
       </c>
       <c r="H54" t="s">
         <v>33</v>
       </c>
       <c r="I54" t="s">
         <v>34</v>
       </c>
       <c r="J54" t="s">
         <v>53</v>
       </c>
       <c r="K54" t="s">
         <v>53</v>
       </c>
       <c r="L54" t="s">
         <v>54</v>
       </c>
       <c r="M54" t="s">
         <v>53</v>
       </c>
       <c r="N54" t="s">
         <v>38</v>
       </c>
       <c r="O54">
-        <v>101</v>
+        <v>90</v>
       </c>
       <c r="P54" t="s">
         <v>50</v>
       </c>
       <c r="Q54" t="s">
         <v>50</v>
       </c>
       <c r="R54" t="s">
         <v>50</v>
       </c>
       <c r="S54"/>
       <c r="T54"/>
       <c r="U54">
-        <v>2.52</v>
-[...4 lines deleted...]
-      </c>
+        <v>0.212</v>
+      </c>
+      <c r="V54">
+        <v>8.92</v>
+      </c>
+      <c r="W54"/>
       <c r="X54" t="s">
-        <v>143</v>
+        <v>150</v>
       </c>
       <c r="Y54"/>
-      <c r="Z54">
-        <v>1.0</v>
+      <c r="Z54" t="s">
+        <v>146</v>
       </c>
       <c r="AA54" t="s">
-        <v>52</v>
+        <v>147</v>
       </c>
     </row>
     <row r="55" spans="1:27">
       <c r="A55"/>
       <c r="B55" t="s">
-        <v>136</v>
+        <v>138</v>
       </c>
       <c r="C55" t="s">
-        <v>137</v>
+        <v>139</v>
       </c>
       <c r="D55" t="s">
-        <v>138</v>
-[...2 lines deleted...]
-        <v>139</v>
+        <v>128</v>
+      </c>
+      <c r="E55">
+        <v>2020</v>
       </c>
       <c r="F55" t="s">
         <v>31</v>
       </c>
       <c r="G55" t="s">
         <v>32</v>
       </c>
       <c r="H55" t="s">
         <v>33</v>
       </c>
       <c r="I55" t="s">
         <v>34</v>
       </c>
       <c r="J55" t="s">
         <v>57</v>
       </c>
       <c r="K55" t="s">
         <v>57</v>
       </c>
       <c r="L55" t="s">
         <v>58</v>
       </c>
       <c r="M55" t="s">
         <v>57</v>
       </c>
       <c r="N55" t="s">
-        <v>144</v>
+        <v>38</v>
       </c>
       <c r="O55">
-        <v>101</v>
+        <v>90</v>
       </c>
       <c r="P55">
-        <v>46.9</v>
+        <v>8.33</v>
       </c>
       <c r="Q55">
-        <v>34.2</v>
+        <v>5.15</v>
       </c>
       <c r="R55">
-        <v>64.3</v>
+        <v>13.5</v>
       </c>
       <c r="S55">
-        <v>19.6</v>
+        <v>1.01</v>
       </c>
       <c r="T55">
-        <v>48.0</v>
+        <v>9.57</v>
       </c>
       <c r="U55">
-        <v>108</v>
-[...4 lines deleted...]
-      </c>
+        <v>57.1</v>
+      </c>
+      <c r="V55">
+        <v>152</v>
+      </c>
+      <c r="W55"/>
       <c r="X55" t="s">
-        <v>145</v>
+        <v>151</v>
       </c>
       <c r="Y55"/>
-      <c r="Z55">
-[...2 lines deleted...]
-      <c r="AA55"/>
+      <c r="Z55" t="s">
+        <v>141</v>
+      </c>
+      <c r="AA55" t="s">
+        <v>142</v>
+      </c>
     </row>
     <row r="56" spans="1:27">
       <c r="A56"/>
       <c r="B56" t="s">
-        <v>136</v>
+        <v>138</v>
       </c>
       <c r="C56" t="s">
-        <v>137</v>
+        <v>139</v>
       </c>
       <c r="D56" t="s">
-        <v>138</v>
-[...2 lines deleted...]
-        <v>139</v>
+        <v>128</v>
+      </c>
+      <c r="E56">
+        <v>2020</v>
       </c>
       <c r="F56" t="s">
         <v>31</v>
       </c>
       <c r="G56" t="s">
         <v>32</v>
       </c>
       <c r="H56" t="s">
         <v>33</v>
       </c>
       <c r="I56" t="s">
         <v>34</v>
       </c>
       <c r="J56" t="s">
         <v>62</v>
       </c>
       <c r="K56" t="s">
         <v>62</v>
       </c>
       <c r="L56" t="s">
         <v>63</v>
       </c>
       <c r="M56" t="s">
         <v>62</v>
       </c>
       <c r="N56" t="s">
-        <v>144</v>
+        <v>38</v>
       </c>
       <c r="O56">
-        <v>101</v>
+        <v>90</v>
       </c>
       <c r="P56" t="s">
         <v>50</v>
       </c>
       <c r="Q56" t="s">
         <v>50</v>
       </c>
       <c r="R56" t="s">
         <v>50</v>
       </c>
       <c r="S56"/>
-      <c r="T56">
-[...1 lines deleted...]
-      </c>
+      <c r="T56"/>
       <c r="U56">
-        <v>19.0</v>
-[...4 lines deleted...]
-      </c>
+        <v>13.5</v>
+      </c>
+      <c r="V56">
+        <v>42.5</v>
+      </c>
+      <c r="W56"/>
       <c r="X56" t="s">
+        <v>152</v>
+      </c>
+      <c r="Y56"/>
+      <c r="Z56" t="s">
         <v>146</v>
       </c>
-      <c r="Y56"/>
-[...2 lines deleted...]
-      </c>
       <c r="AA56" t="s">
-        <v>52</v>
+        <v>147</v>
       </c>
     </row>
     <row r="57" spans="1:27">
       <c r="A57"/>
       <c r="B57" t="s">
-        <v>136</v>
+        <v>138</v>
       </c>
       <c r="C57" t="s">
-        <v>137</v>
+        <v>139</v>
       </c>
       <c r="D57" t="s">
-        <v>138</v>
-[...2 lines deleted...]
-        <v>139</v>
+        <v>128</v>
+      </c>
+      <c r="E57">
+        <v>2020</v>
       </c>
       <c r="F57" t="s">
         <v>31</v>
       </c>
       <c r="G57" t="s">
         <v>32</v>
       </c>
       <c r="H57" t="s">
         <v>33</v>
       </c>
       <c r="I57" t="s">
         <v>34</v>
       </c>
       <c r="J57" t="s">
-        <v>66</v>
+        <v>119</v>
       </c>
       <c r="K57" t="s">
-        <v>66</v>
+        <v>119</v>
       </c>
       <c r="L57" t="s">
-        <v>67</v>
+        <v>120</v>
       </c>
       <c r="M57" t="s">
-        <v>66</v>
+        <v>119</v>
       </c>
       <c r="N57" t="s">
+        <v>38</v>
+      </c>
+      <c r="O57">
+        <v>90</v>
+      </c>
+      <c r="P57" t="s">
+        <v>50</v>
+      </c>
+      <c r="Q57" t="s">
+        <v>50</v>
+      </c>
+      <c r="R57" t="s">
+        <v>50</v>
+      </c>
+      <c r="S57"/>
+      <c r="T57"/>
+      <c r="U57"/>
+      <c r="V57"/>
+      <c r="W57"/>
+      <c r="X57" t="s">
+        <v>153</v>
+      </c>
+      <c r="Y57"/>
+      <c r="Z57" t="s">
         <v>144</v>
       </c>
-      <c r="O57">
-[...31 lines deleted...]
-      <c r="AA57"/>
+      <c r="AA57" t="s">
+        <v>147</v>
+      </c>
     </row>
     <row r="58" spans="1:27">
       <c r="A58"/>
       <c r="B58" t="s">
-        <v>147</v>
+        <v>138</v>
       </c>
       <c r="C58" t="s">
-        <v>148</v>
+        <v>139</v>
       </c>
       <c r="D58" t="s">
-        <v>149</v>
-[...2 lines deleted...]
-        <v>139</v>
+        <v>128</v>
+      </c>
+      <c r="E58">
+        <v>2020</v>
       </c>
       <c r="F58" t="s">
         <v>31</v>
       </c>
       <c r="G58" t="s">
         <v>32</v>
       </c>
       <c r="H58" t="s">
         <v>33</v>
       </c>
       <c r="I58" t="s">
         <v>34</v>
       </c>
       <c r="J58" t="s">
-        <v>35</v>
+        <v>66</v>
       </c>
       <c r="K58" t="s">
-        <v>36</v>
+        <v>66</v>
       </c>
       <c r="L58" t="s">
-        <v>37</v>
+        <v>67</v>
       </c>
       <c r="M58" t="s">
-        <v>36</v>
+        <v>66</v>
       </c>
       <c r="N58" t="s">
-        <v>144</v>
+        <v>38</v>
       </c>
       <c r="O58">
-        <v>89</v>
-[...18 lines deleted...]
-      </c>
+        <v>90</v>
+      </c>
+      <c r="P58" t="s">
+        <v>50</v>
+      </c>
+      <c r="Q58" t="s">
+        <v>50</v>
+      </c>
+      <c r="R58" t="s">
+        <v>50</v>
+      </c>
+      <c r="S58"/>
+      <c r="T58"/>
+      <c r="U58"/>
       <c r="V58">
-        <v>1320</v>
+        <v>1.82</v>
       </c>
       <c r="W58"/>
-      <c r="X58"/>
+      <c r="X58" t="s">
+        <v>154</v>
+      </c>
       <c r="Y58"/>
-      <c r="Z58">
-[...2 lines deleted...]
-      <c r="AA58"/>
+      <c r="Z58" t="s">
+        <v>155</v>
+      </c>
+      <c r="AA58" t="s">
+        <v>147</v>
+      </c>
     </row>
     <row r="59" spans="1:27">
       <c r="A59"/>
       <c r="B59" t="s">
-        <v>147</v>
+        <v>156</v>
       </c>
       <c r="C59" t="s">
-        <v>148</v>
+        <v>157</v>
       </c>
       <c r="D59" t="s">
-        <v>149</v>
+        <v>158</v>
       </c>
       <c r="E59" t="s">
-        <v>139</v>
+        <v>159</v>
       </c>
       <c r="F59" t="s">
         <v>31</v>
       </c>
       <c r="G59" t="s">
         <v>32</v>
       </c>
       <c r="H59" t="s">
         <v>33</v>
       </c>
       <c r="I59" t="s">
         <v>34</v>
       </c>
       <c r="J59" t="s">
-        <v>41</v>
+        <v>35</v>
       </c>
       <c r="K59" t="s">
-        <v>42</v>
+        <v>36</v>
       </c>
       <c r="L59" t="s">
-        <v>43</v>
+        <v>37</v>
       </c>
       <c r="M59" t="s">
-        <v>44</v>
+        <v>36</v>
       </c>
       <c r="N59" t="s">
-        <v>144</v>
+        <v>38</v>
       </c>
       <c r="O59">
-        <v>89</v>
+        <v>101</v>
       </c>
       <c r="P59">
-        <v>1.25</v>
+        <v>78.5</v>
       </c>
       <c r="Q59">
-        <v>0.984</v>
+        <v>58.3</v>
       </c>
       <c r="R59">
-        <v>1.58</v>
+        <v>106</v>
       </c>
       <c r="S59">
-        <v>0.49</v>
+        <v>27.0</v>
       </c>
       <c r="T59">
-        <v>1.27</v>
+        <v>79.3</v>
       </c>
       <c r="U59">
-        <v>3.13</v>
-[...5 lines deleted...]
-      <c r="X59"/>
+        <v>186</v>
+      </c>
+      <c r="V59"/>
+      <c r="W59">
+        <v>867</v>
+      </c>
+      <c r="X59" t="s">
+        <v>160</v>
+      </c>
       <c r="Y59"/>
       <c r="Z59">
-        <v>0.2</v>
+        <v>1.0</v>
       </c>
       <c r="AA59"/>
     </row>
     <row r="60" spans="1:27">
       <c r="A60"/>
       <c r="B60" t="s">
-        <v>147</v>
+        <v>156</v>
       </c>
       <c r="C60" t="s">
-        <v>148</v>
+        <v>157</v>
       </c>
       <c r="D60" t="s">
-        <v>149</v>
+        <v>158</v>
       </c>
       <c r="E60" t="s">
-        <v>139</v>
+        <v>159</v>
       </c>
       <c r="F60" t="s">
         <v>31</v>
       </c>
       <c r="G60" t="s">
         <v>32</v>
       </c>
       <c r="H60" t="s">
         <v>33</v>
       </c>
       <c r="I60" t="s">
         <v>34</v>
       </c>
       <c r="J60" t="s">
-        <v>66</v>
+        <v>41</v>
       </c>
       <c r="K60" t="s">
-        <v>66</v>
+        <v>42</v>
       </c>
       <c r="L60" t="s">
-        <v>67</v>
+        <v>43</v>
       </c>
       <c r="M60" t="s">
-        <v>66</v>
+        <v>44</v>
       </c>
       <c r="N60" t="s">
-        <v>144</v>
+        <v>38</v>
       </c>
       <c r="O60">
-        <v>89</v>
+        <v>101</v>
       </c>
       <c r="P60">
-        <v>17.2</v>
+        <v>1.58</v>
       </c>
       <c r="Q60">
-        <v>10.5</v>
+        <v>1.25</v>
       </c>
       <c r="R60">
-        <v>28.2</v>
+        <v>1.99</v>
       </c>
       <c r="S60">
-        <v>2.44</v>
+        <v>0.718</v>
       </c>
       <c r="T60">
-        <v>11.1</v>
+        <v>1.53</v>
       </c>
       <c r="U60">
-        <v>139</v>
-[...5 lines deleted...]
-      <c r="X60"/>
+        <v>3.16</v>
+      </c>
+      <c r="V60"/>
+      <c r="W60">
+        <v>11.9</v>
+      </c>
+      <c r="X60" t="s">
+        <v>161</v>
+      </c>
       <c r="Y60"/>
       <c r="Z60">
+        <v>0.2</v>
+      </c>
+      <c r="AA60"/>
+    </row>
+    <row r="61" spans="1:27">
+      <c r="A61"/>
+      <c r="B61" t="s">
+        <v>156</v>
+      </c>
+      <c r="C61" t="s">
+        <v>157</v>
+      </c>
+      <c r="D61" t="s">
+        <v>158</v>
+      </c>
+      <c r="E61" t="s">
+        <v>159</v>
+      </c>
+      <c r="F61" t="s">
+        <v>31</v>
+      </c>
+      <c r="G61" t="s">
+        <v>32</v>
+      </c>
+      <c r="H61" t="s">
+        <v>33</v>
+      </c>
+      <c r="I61" t="s">
+        <v>34</v>
+      </c>
+      <c r="J61" t="s">
+        <v>47</v>
+      </c>
+      <c r="K61" t="s">
+        <v>47</v>
+      </c>
+      <c r="L61" t="s">
+        <v>48</v>
+      </c>
+      <c r="M61" t="s">
+        <v>47</v>
+      </c>
+      <c r="N61" t="s">
+        <v>38</v>
+      </c>
+      <c r="O61">
+        <v>101</v>
+      </c>
+      <c r="P61" t="s">
+        <v>50</v>
+      </c>
+      <c r="Q61" t="s">
+        <v>50</v>
+      </c>
+      <c r="R61" t="s">
+        <v>50</v>
+      </c>
+      <c r="S61"/>
+      <c r="T61"/>
+      <c r="U61">
+        <v>0.68</v>
+      </c>
+      <c r="V61"/>
+      <c r="W61">
+        <v>5.9</v>
+      </c>
+      <c r="X61" t="s">
+        <v>162</v>
+      </c>
+      <c r="Y61"/>
+      <c r="Z61">
+        <v>0.5</v>
+      </c>
+      <c r="AA61" t="s">
+        <v>52</v>
+      </c>
+    </row>
+    <row r="62" spans="1:27">
+      <c r="A62"/>
+      <c r="B62" t="s">
+        <v>156</v>
+      </c>
+      <c r="C62" t="s">
+        <v>157</v>
+      </c>
+      <c r="D62" t="s">
+        <v>158</v>
+      </c>
+      <c r="E62" t="s">
+        <v>159</v>
+      </c>
+      <c r="F62" t="s">
+        <v>31</v>
+      </c>
+      <c r="G62" t="s">
+        <v>32</v>
+      </c>
+      <c r="H62" t="s">
+        <v>33</v>
+      </c>
+      <c r="I62" t="s">
+        <v>34</v>
+      </c>
+      <c r="J62" t="s">
+        <v>53</v>
+      </c>
+      <c r="K62" t="s">
+        <v>53</v>
+      </c>
+      <c r="L62" t="s">
+        <v>54</v>
+      </c>
+      <c r="M62" t="s">
+        <v>53</v>
+      </c>
+      <c r="N62" t="s">
+        <v>38</v>
+      </c>
+      <c r="O62">
+        <v>101</v>
+      </c>
+      <c r="P62" t="s">
+        <v>50</v>
+      </c>
+      <c r="Q62" t="s">
+        <v>50</v>
+      </c>
+      <c r="R62" t="s">
+        <v>50</v>
+      </c>
+      <c r="S62"/>
+      <c r="T62"/>
+      <c r="U62">
+        <v>2.52</v>
+      </c>
+      <c r="V62"/>
+      <c r="W62">
+        <v>56.5</v>
+      </c>
+      <c r="X62" t="s">
+        <v>163</v>
+      </c>
+      <c r="Y62"/>
+      <c r="Z62">
         <v>1.0</v>
       </c>
-      <c r="AA60"/>
+      <c r="AA62" t="s">
+        <v>52</v>
+      </c>
+    </row>
+    <row r="63" spans="1:27">
+      <c r="A63"/>
+      <c r="B63" t="s">
+        <v>156</v>
+      </c>
+      <c r="C63" t="s">
+        <v>157</v>
+      </c>
+      <c r="D63" t="s">
+        <v>158</v>
+      </c>
+      <c r="E63" t="s">
+        <v>159</v>
+      </c>
+      <c r="F63" t="s">
+        <v>31</v>
+      </c>
+      <c r="G63" t="s">
+        <v>32</v>
+      </c>
+      <c r="H63" t="s">
+        <v>33</v>
+      </c>
+      <c r="I63" t="s">
+        <v>34</v>
+      </c>
+      <c r="J63" t="s">
+        <v>57</v>
+      </c>
+      <c r="K63" t="s">
+        <v>57</v>
+      </c>
+      <c r="L63" t="s">
+        <v>58</v>
+      </c>
+      <c r="M63" t="s">
+        <v>57</v>
+      </c>
+      <c r="N63" t="s">
+        <v>164</v>
+      </c>
+      <c r="O63">
+        <v>101</v>
+      </c>
+      <c r="P63">
+        <v>46.9</v>
+      </c>
+      <c r="Q63">
+        <v>34.2</v>
+      </c>
+      <c r="R63">
+        <v>64.3</v>
+      </c>
+      <c r="S63">
+        <v>19.6</v>
+      </c>
+      <c r="T63">
+        <v>48.0</v>
+      </c>
+      <c r="U63">
+        <v>108</v>
+      </c>
+      <c r="V63"/>
+      <c r="W63">
+        <v>687</v>
+      </c>
+      <c r="X63" t="s">
+        <v>165</v>
+      </c>
+      <c r="Y63"/>
+      <c r="Z63">
+        <v>1.0</v>
+      </c>
+      <c r="AA63"/>
+    </row>
+    <row r="64" spans="1:27">
+      <c r="A64"/>
+      <c r="B64" t="s">
+        <v>156</v>
+      </c>
+      <c r="C64" t="s">
+        <v>157</v>
+      </c>
+      <c r="D64" t="s">
+        <v>158</v>
+      </c>
+      <c r="E64" t="s">
+        <v>159</v>
+      </c>
+      <c r="F64" t="s">
+        <v>31</v>
+      </c>
+      <c r="G64" t="s">
+        <v>32</v>
+      </c>
+      <c r="H64" t="s">
+        <v>33</v>
+      </c>
+      <c r="I64" t="s">
+        <v>34</v>
+      </c>
+      <c r="J64" t="s">
+        <v>62</v>
+      </c>
+      <c r="K64" t="s">
+        <v>62</v>
+      </c>
+      <c r="L64" t="s">
+        <v>63</v>
+      </c>
+      <c r="M64" t="s">
+        <v>62</v>
+      </c>
+      <c r="N64" t="s">
+        <v>164</v>
+      </c>
+      <c r="O64">
+        <v>101</v>
+      </c>
+      <c r="P64" t="s">
+        <v>50</v>
+      </c>
+      <c r="Q64" t="s">
+        <v>50</v>
+      </c>
+      <c r="R64" t="s">
+        <v>50</v>
+      </c>
+      <c r="S64"/>
+      <c r="T64">
+        <v>2.96</v>
+      </c>
+      <c r="U64">
+        <v>19.0</v>
+      </c>
+      <c r="V64"/>
+      <c r="W64">
+        <v>135</v>
+      </c>
+      <c r="X64" t="s">
+        <v>166</v>
+      </c>
+      <c r="Y64"/>
+      <c r="Z64">
+        <v>1.0</v>
+      </c>
+      <c r="AA64" t="s">
+        <v>52</v>
+      </c>
+    </row>
+    <row r="65" spans="1:27">
+      <c r="A65"/>
+      <c r="B65" t="s">
+        <v>156</v>
+      </c>
+      <c r="C65" t="s">
+        <v>157</v>
+      </c>
+      <c r="D65" t="s">
+        <v>158</v>
+      </c>
+      <c r="E65" t="s">
+        <v>159</v>
+      </c>
+      <c r="F65" t="s">
+        <v>31</v>
+      </c>
+      <c r="G65" t="s">
+        <v>32</v>
+      </c>
+      <c r="H65" t="s">
+        <v>33</v>
+      </c>
+      <c r="I65" t="s">
+        <v>34</v>
+      </c>
+      <c r="J65" t="s">
+        <v>66</v>
+      </c>
+      <c r="K65" t="s">
+        <v>66</v>
+      </c>
+      <c r="L65" t="s">
+        <v>67</v>
+      </c>
+      <c r="M65" t="s">
+        <v>66</v>
+      </c>
+      <c r="N65" t="s">
+        <v>164</v>
+      </c>
+      <c r="O65">
+        <v>101</v>
+      </c>
+      <c r="P65">
+        <v>20.2</v>
+      </c>
+      <c r="Q65">
+        <v>13.5</v>
+      </c>
+      <c r="R65">
+        <v>30.2</v>
+      </c>
+      <c r="S65">
+        <v>3.0</v>
+      </c>
+      <c r="T65">
+        <v>19.6</v>
+      </c>
+      <c r="U65">
+        <v>103</v>
+      </c>
+      <c r="V65"/>
+      <c r="W65">
+        <v>563</v>
+      </c>
+      <c r="X65" t="s">
+        <v>61</v>
+      </c>
+      <c r="Y65"/>
+      <c r="Z65">
+        <v>0.5</v>
+      </c>
+      <c r="AA65"/>
+    </row>
+    <row r="66" spans="1:27">
+      <c r="A66"/>
+      <c r="B66" t="s">
+        <v>167</v>
+      </c>
+      <c r="C66" t="s">
+        <v>168</v>
+      </c>
+      <c r="D66" t="s">
+        <v>169</v>
+      </c>
+      <c r="E66" t="s">
+        <v>159</v>
+      </c>
+      <c r="F66" t="s">
+        <v>31</v>
+      </c>
+      <c r="G66" t="s">
+        <v>32</v>
+      </c>
+      <c r="H66" t="s">
+        <v>33</v>
+      </c>
+      <c r="I66" t="s">
+        <v>34</v>
+      </c>
+      <c r="J66" t="s">
+        <v>35</v>
+      </c>
+      <c r="K66" t="s">
+        <v>36</v>
+      </c>
+      <c r="L66" t="s">
+        <v>37</v>
+      </c>
+      <c r="M66" t="s">
+        <v>36</v>
+      </c>
+      <c r="N66" t="s">
+        <v>164</v>
+      </c>
+      <c r="O66">
+        <v>89</v>
+      </c>
+      <c r="P66">
+        <v>33.0</v>
+      </c>
+      <c r="Q66">
+        <v>20.5</v>
+      </c>
+      <c r="R66">
+        <v>53.2</v>
+      </c>
+      <c r="S66">
+        <v>8.41</v>
+      </c>
+      <c r="T66">
+        <v>26.6</v>
+      </c>
+      <c r="U66">
+        <v>124</v>
+      </c>
+      <c r="V66">
+        <v>1320</v>
+      </c>
+      <c r="W66"/>
+      <c r="X66"/>
+      <c r="Y66"/>
+      <c r="Z66">
+        <v>0.5</v>
+      </c>
+      <c r="AA66"/>
+    </row>
+    <row r="67" spans="1:27">
+      <c r="A67"/>
+      <c r="B67" t="s">
+        <v>167</v>
+      </c>
+      <c r="C67" t="s">
+        <v>168</v>
+      </c>
+      <c r="D67" t="s">
+        <v>169</v>
+      </c>
+      <c r="E67" t="s">
+        <v>159</v>
+      </c>
+      <c r="F67" t="s">
+        <v>31</v>
+      </c>
+      <c r="G67" t="s">
+        <v>32</v>
+      </c>
+      <c r="H67" t="s">
+        <v>33</v>
+      </c>
+      <c r="I67" t="s">
+        <v>34</v>
+      </c>
+      <c r="J67" t="s">
+        <v>41</v>
+      </c>
+      <c r="K67" t="s">
+        <v>42</v>
+      </c>
+      <c r="L67" t="s">
+        <v>43</v>
+      </c>
+      <c r="M67" t="s">
+        <v>44</v>
+      </c>
+      <c r="N67" t="s">
+        <v>164</v>
+      </c>
+      <c r="O67">
+        <v>89</v>
+      </c>
+      <c r="P67">
+        <v>1.25</v>
+      </c>
+      <c r="Q67">
+        <v>0.984</v>
+      </c>
+      <c r="R67">
+        <v>1.58</v>
+      </c>
+      <c r="S67">
+        <v>0.49</v>
+      </c>
+      <c r="T67">
+        <v>1.27</v>
+      </c>
+      <c r="U67">
+        <v>3.13</v>
+      </c>
+      <c r="V67">
+        <v>4.85</v>
+      </c>
+      <c r="W67"/>
+      <c r="X67"/>
+      <c r="Y67"/>
+      <c r="Z67">
+        <v>0.2</v>
+      </c>
+      <c r="AA67"/>
+    </row>
+    <row r="68" spans="1:27">
+      <c r="A68"/>
+      <c r="B68" t="s">
+        <v>167</v>
+      </c>
+      <c r="C68" t="s">
+        <v>168</v>
+      </c>
+      <c r="D68" t="s">
+        <v>169</v>
+      </c>
+      <c r="E68" t="s">
+        <v>159</v>
+      </c>
+      <c r="F68" t="s">
+        <v>31</v>
+      </c>
+      <c r="G68" t="s">
+        <v>32</v>
+      </c>
+      <c r="H68" t="s">
+        <v>33</v>
+      </c>
+      <c r="I68" t="s">
+        <v>34</v>
+      </c>
+      <c r="J68" t="s">
+        <v>66</v>
+      </c>
+      <c r="K68" t="s">
+        <v>66</v>
+      </c>
+      <c r="L68" t="s">
+        <v>67</v>
+      </c>
+      <c r="M68" t="s">
+        <v>66</v>
+      </c>
+      <c r="N68" t="s">
+        <v>164</v>
+      </c>
+      <c r="O68">
+        <v>89</v>
+      </c>
+      <c r="P68">
+        <v>17.2</v>
+      </c>
+      <c r="Q68">
+        <v>10.5</v>
+      </c>
+      <c r="R68">
+        <v>28.2</v>
+      </c>
+      <c r="S68">
+        <v>2.44</v>
+      </c>
+      <c r="T68">
+        <v>11.1</v>
+      </c>
+      <c r="U68">
+        <v>139</v>
+      </c>
+      <c r="V68">
+        <v>445</v>
+      </c>
+      <c r="W68"/>
+      <c r="X68"/>
+      <c r="Y68"/>
+      <c r="Z68">
+        <v>1.0</v>
+      </c>
+      <c r="AA68"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">