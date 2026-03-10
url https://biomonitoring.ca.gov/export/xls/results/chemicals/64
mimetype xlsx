--- v1 (2026-02-12)
+++ v2 (2026-03-10)
@@ -282,123 +282,123 @@
   <si>
     <t>47.8%</t>
   </si>
   <si>
     <t>94.3%</t>
   </si>
   <si>
     <t>71.5%</t>
   </si>
   <si>
     <t>98.5%</t>
   </si>
   <si>
     <t>California Regional Exposure Study, Los Angeles County (CARE-LA)</t>
   </si>
   <si>
     <t>430 adults (age 18 and up) living in Los Angeles County</t>
   </si>
   <si>
     <t>ng/ml</t>
   </si>
   <si>
     <t>0.500 and 1.000 ng/ml**</t>
   </si>
   <si>
-    <t>▶CARE-LA data were weighted (a statistical method to adjust over-represented and under-represented demographic characteristics in a study sample) so that the summary results adequately reflect the population of California’s Los Angeles County. Unweighted results are available to download on the California Regional Exposure Study, Los Angeles County (CARE-LA) project page.; **LOD changed during the time that samples were analyzed for this project.</t>
+    <t>▶CARE-LA data were weighted (a statistical method to adjust over-represented and under-represented demographic characteristics in a study sample) so that the summary results adequately reflect the population of California’s Los Angeles County. Unweighted results are available to download on the California Regional Exposure Study, Los Angeles County (CARE-LA) project page.; **LOD changed during the time that samples were analyzed for this project.; ◘Butylparaben was tested among only 60 participants. The sample size is not sufficiently large enough to provide weighted summary statistics.</t>
   </si>
   <si>
     <t>2,010</t>
   </si>
   <si>
     <t>77.5%</t>
   </si>
   <si>
     <t>0.100 ng/ml</t>
   </si>
   <si>
-    <t>▶CARE-LA data were weighted (a statistical method to adjust over-represented and under-represented demographic characteristics in a study sample) so that the summary results adequately reflect the population of California’s Los Angeles County. Unweighted results are available to download on the California Regional Exposure Study, Los Angeles County (CARE-LA) project page.</t>
+    <t>▶CARE-LA data were weighted (a statistical method to adjust over-represented and under-represented demographic characteristics in a study sample) so that the summary results adequately reflect the population of California’s Los Angeles County. Unweighted results are available to download on the California Regional Exposure Study, Los Angeles County (CARE-LA) project page.; ◘Butylparaben was tested among only 60 participants. The sample size is not sufficiently large enough to provide weighted summary statistics.</t>
   </si>
   <si>
     <t>78.4%</t>
   </si>
   <si>
     <t>Bisphenol F (BPF)</t>
   </si>
   <si>
     <t>BPF</t>
   </si>
   <si>
     <t>620-92-8</t>
   </si>
   <si>
     <t>Bisphenol F</t>
   </si>
   <si>
     <t>&lt; LOD</t>
   </si>
   <si>
     <t>27.6%</t>
   </si>
   <si>
     <t>0.200 ng/ml</t>
   </si>
   <si>
-    <t>*Geometric mean was not calculated because the chemical was found in less than 65% of the study group.; ▶CARE-LA data were weighted (a statistical method to adjust over-represented and under-represented demographic characteristics in a study sample) so that the summary results adequately reflect the population of California’s Los Angeles County. Unweighted results are available to download on the California Regional Exposure Study, Los Angeles County (CARE-LA) project page.</t>
+    <t>*Geometric mean was not calculated because the chemical was found in less than 65% of the study group.; ▶CARE-LA data were weighted (a statistical method to adjust over-represented and under-represented demographic characteristics in a study sample) so that the summary results adequately reflect the population of California’s Los Angeles County. Unweighted results are available to download on the California Regional Exposure Study, Los Angeles County (CARE-LA) project page.; ◘Butylparaben was tested among only 60 participants. The sample size is not sufficiently large enough to provide weighted summary statistics.</t>
   </si>
   <si>
     <t>26.7%</t>
   </si>
   <si>
     <t>Bisphenol S (BPS)</t>
   </si>
   <si>
     <t>BPS</t>
   </si>
   <si>
     <t>80-09-1</t>
   </si>
   <si>
     <t>Bisphenol S</t>
   </si>
   <si>
     <t>75.8%</t>
   </si>
   <si>
     <t>0.100 and 0.200 ng/ml**</t>
   </si>
   <si>
     <t>76.8%</t>
   </si>
   <si>
     <t>34.6%</t>
   </si>
   <si>
     <t>0.200 and 0.500 ng/ml**</t>
   </si>
   <si>
-    <t>*Geometric mean was not calculated because the chemical was found in less than 65% of the study group.; ▶CARE-LA data were weighted (a statistical method to adjust over-represented and under-represented demographic characteristics in a study sample) so that the summary results adequately reflect the population of California’s Los Angeles County. Unweighted results are available to download on the California Regional Exposure Study, Los Angeles County (CARE-LA) project page.; **LOD changed during the time that samples were analyzed for this project.</t>
+    <t>*Geometric mean was not calculated because the chemical was found in less than 65% of the study group.; ▶CARE-LA data were weighted (a statistical method to adjust over-represented and under-represented demographic characteristics in a study sample) so that the summary results adequately reflect the population of California’s Los Angeles County. Unweighted results are available to download on the California Regional Exposure Study, Los Angeles County (CARE-LA) project page.; **LOD changed during the time that samples were analyzed for this project.; ◘Butylparaben was tested among only 60 participants. The sample size is not sufficiently large enough to provide weighted summary statistics.</t>
   </si>
   <si>
     <t>35.1%</t>
   </si>
   <si>
     <t>83.3%</t>
   </si>
   <si>
     <t>0.500 ng/ml</t>
   </si>
   <si>
     <t>66.1%</t>
   </si>
   <si>
     <t>65.6%</t>
   </si>
   <si>
     <t>Triclocarban</t>
   </si>
   <si>
     <t>101-20-2</t>
   </si>
   <si>
     <t>15.5%</t>
   </si>
@@ -901,51 +901,51 @@
     <col min="2" max="2" width="76" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="115" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="22" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="26" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="25" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="25" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="13" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="29" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="32" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="38" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="12" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="25" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="18" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="28" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="17" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="6" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="6" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="6" bestFit="true" customWidth="true" style="0"/>
     <col min="20" max="20" width="6" bestFit="true" customWidth="true" style="0"/>
     <col min="21" max="21" width="6" bestFit="true" customWidth="true" style="0"/>
     <col min="22" max="22" width="6" bestFit="true" customWidth="true" style="0"/>
     <col min="23" max="23" width="6" bestFit="true" customWidth="true" style="0"/>
     <col min="24" max="24" width="23" bestFit="true" customWidth="true" style="0"/>
     <col min="25" max="25" width="29" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="43" bestFit="true" customWidth="true" style="0"/>
-    <col min="27" max="27" width="654" bestFit="true" customWidth="true" style="0"/>
+    <col min="27" max="27" width="823" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:27">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">