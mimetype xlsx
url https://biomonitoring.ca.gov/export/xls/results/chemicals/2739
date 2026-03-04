--- v0 (2026-01-04)
+++ v1 (2026-03-04)
@@ -551,51 +551,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:AA9"/>
+  <dimension ref="A1:AA17"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="13" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="76" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="115" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="22" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="26" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="17" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="25" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="13" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="29" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="28" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="38" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="12" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="25" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="6" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="28" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="17" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="6" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="6" bestFit="true" customWidth="true" style="0"/>
@@ -773,545 +773,1145 @@
       <c r="B3" t="s">
         <v>27</v>
       </c>
       <c r="C3" t="s">
         <v>28</v>
       </c>
       <c r="D3" t="s">
         <v>29</v>
       </c>
       <c r="E3">
         <v>2018</v>
       </c>
       <c r="F3" t="s">
         <v>30</v>
       </c>
       <c r="G3" t="s">
         <v>31</v>
       </c>
       <c r="H3" t="s">
         <v>32</v>
       </c>
       <c r="I3" t="s">
         <v>33</v>
       </c>
       <c r="J3" t="s">
-        <v>41</v>
+        <v>34</v>
       </c>
       <c r="K3" t="s">
-        <v>42</v>
+        <v>35</v>
       </c>
       <c r="L3"/>
       <c r="M3" t="s">
         <v>36</v>
       </c>
       <c r="N3" t="s">
         <v>37</v>
       </c>
       <c r="O3">
-        <v>149</v>
+        <v>109</v>
       </c>
       <c r="P3">
-        <v>88</v>
+        <v>110</v>
       </c>
       <c r="Q3">
-        <v>76</v>
+        <v>89</v>
       </c>
       <c r="R3">
-        <v>100</v>
+        <v>130</v>
       </c>
       <c r="S3">
-        <v>51</v>
+        <v>60</v>
       </c>
       <c r="T3">
-        <v>91</v>
+        <v>120</v>
       </c>
       <c r="U3">
-        <v>160</v>
+        <v>200</v>
       </c>
       <c r="V3"/>
       <c r="W3">
-        <v>400</v>
+        <v>660</v>
       </c>
       <c r="X3" t="s">
-        <v>43</v>
+        <v>38</v>
       </c>
       <c r="Y3"/>
       <c r="Z3" t="s">
-        <v>44</v>
+        <v>39</v>
       </c>
       <c r="AA3" t="s">
         <v>40</v>
       </c>
     </row>
     <row r="4" spans="1:27">
       <c r="A4"/>
       <c r="B4" t="s">
-        <v>45</v>
+        <v>27</v>
       </c>
       <c r="C4" t="s">
-        <v>46</v>
+        <v>28</v>
       </c>
       <c r="D4" t="s">
         <v>29</v>
       </c>
       <c r="E4">
-        <v>2019</v>
+        <v>2018</v>
       </c>
       <c r="F4" t="s">
         <v>30</v>
       </c>
       <c r="G4" t="s">
         <v>31</v>
       </c>
       <c r="H4" t="s">
         <v>32</v>
       </c>
       <c r="I4" t="s">
         <v>33</v>
       </c>
       <c r="J4" t="s">
-        <v>34</v>
+        <v>41</v>
       </c>
       <c r="K4" t="s">
-        <v>35</v>
+        <v>42</v>
       </c>
       <c r="L4"/>
       <c r="M4" t="s">
         <v>36</v>
       </c>
       <c r="N4" t="s">
         <v>37</v>
       </c>
       <c r="O4">
-        <v>142</v>
+        <v>149</v>
       </c>
       <c r="P4">
-        <v>150</v>
+        <v>88</v>
       </c>
       <c r="Q4">
-        <v>120</v>
+        <v>76</v>
       </c>
       <c r="R4">
-        <v>180</v>
+        <v>100</v>
       </c>
       <c r="S4">
-        <v>83</v>
+        <v>51</v>
       </c>
       <c r="T4">
-        <v>150</v>
+        <v>91</v>
       </c>
       <c r="U4">
-        <v>300</v>
+        <v>160</v>
       </c>
       <c r="V4"/>
       <c r="W4">
-        <v>960</v>
+        <v>400</v>
       </c>
       <c r="X4" t="s">
-        <v>47</v>
+        <v>43</v>
       </c>
       <c r="Y4"/>
       <c r="Z4" t="s">
-        <v>48</v>
+        <v>44</v>
       </c>
       <c r="AA4" t="s">
         <v>40</v>
       </c>
     </row>
     <row r="5" spans="1:27">
       <c r="A5"/>
       <c r="B5" t="s">
-        <v>45</v>
+        <v>27</v>
       </c>
       <c r="C5" t="s">
-        <v>46</v>
+        <v>28</v>
       </c>
       <c r="D5" t="s">
         <v>29</v>
       </c>
       <c r="E5">
-        <v>2019</v>
+        <v>2018</v>
       </c>
       <c r="F5" t="s">
         <v>30</v>
       </c>
       <c r="G5" t="s">
         <v>31</v>
       </c>
       <c r="H5" t="s">
         <v>32</v>
       </c>
       <c r="I5" t="s">
         <v>33</v>
       </c>
       <c r="J5" t="s">
         <v>41</v>
       </c>
       <c r="K5" t="s">
         <v>42</v>
       </c>
       <c r="L5"/>
       <c r="M5" t="s">
         <v>36</v>
       </c>
       <c r="N5" t="s">
         <v>37</v>
       </c>
       <c r="O5">
-        <v>155</v>
+        <v>149</v>
       </c>
       <c r="P5">
-        <v>89</v>
+        <v>88</v>
       </c>
       <c r="Q5">
         <v>76</v>
       </c>
       <c r="R5">
         <v>100</v>
       </c>
       <c r="S5">
-        <v>49</v>
+        <v>51</v>
       </c>
       <c r="T5">
-        <v>78</v>
+        <v>91</v>
       </c>
       <c r="U5">
         <v>160</v>
       </c>
       <c r="V5"/>
       <c r="W5">
-        <v>410</v>
+        <v>400</v>
       </c>
       <c r="X5" t="s">
-        <v>49</v>
+        <v>43</v>
       </c>
       <c r="Y5"/>
       <c r="Z5" t="s">
-        <v>50</v>
+        <v>44</v>
       </c>
       <c r="AA5" t="s">
         <v>40</v>
       </c>
     </row>
     <row r="6" spans="1:27">
       <c r="A6"/>
       <c r="B6" t="s">
-        <v>51</v>
+        <v>45</v>
       </c>
       <c r="C6" t="s">
-        <v>52</v>
+        <v>46</v>
       </c>
       <c r="D6" t="s">
-        <v>53</v>
-[...2 lines deleted...]
-        <v>54</v>
+        <v>29</v>
+      </c>
+      <c r="E6">
+        <v>2019</v>
       </c>
       <c r="F6" t="s">
         <v>30</v>
       </c>
       <c r="G6" t="s">
         <v>31</v>
       </c>
       <c r="H6" t="s">
         <v>32</v>
       </c>
       <c r="I6" t="s">
         <v>33</v>
       </c>
       <c r="J6" t="s">
         <v>34</v>
       </c>
       <c r="K6" t="s">
         <v>35</v>
       </c>
       <c r="L6"/>
       <c r="M6" t="s">
         <v>36</v>
       </c>
       <c r="N6" t="s">
         <v>37</v>
       </c>
       <c r="O6">
-        <v>40</v>
+        <v>142</v>
       </c>
       <c r="P6">
         <v>150</v>
       </c>
       <c r="Q6">
-        <v>110</v>
+        <v>120</v>
       </c>
       <c r="R6">
-        <v>200</v>
+        <v>180</v>
       </c>
       <c r="S6">
-        <v>63</v>
+        <v>83</v>
       </c>
       <c r="T6">
-        <v>170</v>
+        <v>150</v>
       </c>
       <c r="U6">
-        <v>330</v>
+        <v>300</v>
       </c>
       <c r="V6"/>
       <c r="W6">
-        <v>1100</v>
+        <v>960</v>
       </c>
       <c r="X6" t="s">
-        <v>55</v>
+        <v>47</v>
       </c>
       <c r="Y6"/>
       <c r="Z6" t="s">
-        <v>56</v>
+        <v>48</v>
       </c>
       <c r="AA6" t="s">
-        <v>57</v>
+        <v>40</v>
       </c>
     </row>
     <row r="7" spans="1:27">
       <c r="A7"/>
       <c r="B7" t="s">
-        <v>51</v>
+        <v>45</v>
       </c>
       <c r="C7" t="s">
-        <v>52</v>
+        <v>46</v>
       </c>
       <c r="D7" t="s">
-        <v>53</v>
-[...2 lines deleted...]
-        <v>54</v>
+        <v>29</v>
+      </c>
+      <c r="E7">
+        <v>2019</v>
       </c>
       <c r="F7" t="s">
         <v>30</v>
       </c>
       <c r="G7" t="s">
         <v>31</v>
       </c>
       <c r="H7" t="s">
         <v>32</v>
       </c>
       <c r="I7" t="s">
         <v>33</v>
       </c>
       <c r="J7" t="s">
-        <v>41</v>
+        <v>34</v>
       </c>
       <c r="K7" t="s">
-        <v>42</v>
+        <v>35</v>
       </c>
       <c r="L7"/>
       <c r="M7" t="s">
         <v>36</v>
       </c>
       <c r="N7" t="s">
         <v>37</v>
       </c>
       <c r="O7">
-        <v>40</v>
+        <v>142</v>
       </c>
       <c r="P7">
-        <v>130</v>
+        <v>150</v>
       </c>
       <c r="Q7">
-        <v>100</v>
+        <v>120</v>
       </c>
       <c r="R7">
-        <v>170</v>
+        <v>180</v>
       </c>
       <c r="S7">
-        <v>61</v>
+        <v>83</v>
       </c>
       <c r="T7">
-        <v>130</v>
+        <v>150</v>
       </c>
       <c r="U7">
-        <v>260</v>
+        <v>300</v>
       </c>
       <c r="V7"/>
       <c r="W7">
-        <v>740</v>
+        <v>960</v>
       </c>
       <c r="X7" t="s">
-        <v>58</v>
+        <v>47</v>
       </c>
       <c r="Y7"/>
       <c r="Z7" t="s">
-        <v>59</v>
+        <v>48</v>
       </c>
       <c r="AA7" t="s">
-        <v>60</v>
+        <v>40</v>
       </c>
     </row>
     <row r="8" spans="1:27">
       <c r="A8"/>
       <c r="B8" t="s">
-        <v>51</v>
+        <v>45</v>
       </c>
       <c r="C8" t="s">
-        <v>52</v>
+        <v>46</v>
       </c>
       <c r="D8" t="s">
         <v>29</v>
       </c>
-      <c r="E8" t="s">
-        <v>54</v>
+      <c r="E8">
+        <v>2019</v>
       </c>
       <c r="F8" t="s">
         <v>30</v>
       </c>
       <c r="G8" t="s">
         <v>31</v>
       </c>
       <c r="H8" t="s">
         <v>32</v>
       </c>
       <c r="I8" t="s">
         <v>33</v>
       </c>
       <c r="J8" t="s">
-        <v>34</v>
+        <v>41</v>
       </c>
       <c r="K8" t="s">
-        <v>35</v>
+        <v>42</v>
       </c>
       <c r="L8"/>
       <c r="M8" t="s">
         <v>36</v>
       </c>
       <c r="N8" t="s">
         <v>37</v>
       </c>
       <c r="O8">
-        <v>38</v>
+        <v>155</v>
       </c>
       <c r="P8">
-        <v>240</v>
+        <v>89</v>
       </c>
       <c r="Q8">
-        <v>180</v>
+        <v>76</v>
       </c>
       <c r="R8">
-        <v>310</v>
+        <v>100</v>
       </c>
       <c r="S8">
-        <v>130</v>
+        <v>49</v>
       </c>
       <c r="T8">
-        <v>240</v>
+        <v>78</v>
       </c>
       <c r="U8">
-        <v>540</v>
+        <v>160</v>
       </c>
       <c r="V8"/>
       <c r="W8">
-        <v>1500</v>
+        <v>410</v>
       </c>
       <c r="X8" t="s">
-        <v>61</v>
+        <v>49</v>
       </c>
       <c r="Y8"/>
       <c r="Z8" t="s">
-        <v>56</v>
+        <v>50</v>
       </c>
       <c r="AA8" t="s">
-        <v>62</v>
+        <v>40</v>
       </c>
     </row>
     <row r="9" spans="1:27">
       <c r="A9"/>
       <c r="B9" t="s">
-        <v>51</v>
+        <v>45</v>
       </c>
       <c r="C9" t="s">
-        <v>52</v>
+        <v>46</v>
       </c>
       <c r="D9" t="s">
         <v>29</v>
       </c>
-      <c r="E9" t="s">
-        <v>54</v>
+      <c r="E9">
+        <v>2019</v>
       </c>
       <c r="F9" t="s">
         <v>30</v>
       </c>
       <c r="G9" t="s">
         <v>31</v>
       </c>
       <c r="H9" t="s">
         <v>32</v>
       </c>
       <c r="I9" t="s">
         <v>33</v>
       </c>
       <c r="J9" t="s">
         <v>41</v>
       </c>
       <c r="K9" t="s">
         <v>42</v>
       </c>
       <c r="L9"/>
       <c r="M9" t="s">
         <v>36</v>
       </c>
       <c r="N9" t="s">
         <v>37</v>
       </c>
       <c r="O9">
-        <v>40</v>
+        <v>155</v>
       </c>
       <c r="P9">
-        <v>150</v>
+        <v>89</v>
       </c>
       <c r="Q9">
-        <v>120</v>
+        <v>76</v>
       </c>
       <c r="R9">
-        <v>190</v>
+        <v>100</v>
       </c>
       <c r="S9">
-        <v>82</v>
+        <v>49</v>
       </c>
       <c r="T9">
+        <v>78</v>
+      </c>
+      <c r="U9">
         <v>160</v>
-      </c>
-[...1 lines deleted...]
-        <v>290</v>
       </c>
       <c r="V9"/>
       <c r="W9">
-        <v>730</v>
+        <v>410</v>
       </c>
       <c r="X9" t="s">
-        <v>63</v>
+        <v>49</v>
       </c>
       <c r="Y9"/>
       <c r="Z9" t="s">
+        <v>50</v>
+      </c>
+      <c r="AA9" t="s">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="10" spans="1:27">
+      <c r="A10"/>
+      <c r="B10" t="s">
+        <v>51</v>
+      </c>
+      <c r="C10" t="s">
+        <v>52</v>
+      </c>
+      <c r="D10" t="s">
+        <v>53</v>
+      </c>
+      <c r="E10" t="s">
+        <v>54</v>
+      </c>
+      <c r="F10" t="s">
+        <v>30</v>
+      </c>
+      <c r="G10" t="s">
+        <v>31</v>
+      </c>
+      <c r="H10" t="s">
+        <v>32</v>
+      </c>
+      <c r="I10" t="s">
+        <v>33</v>
+      </c>
+      <c r="J10" t="s">
+        <v>34</v>
+      </c>
+      <c r="K10" t="s">
+        <v>35</v>
+      </c>
+      <c r="L10"/>
+      <c r="M10" t="s">
+        <v>36</v>
+      </c>
+      <c r="N10" t="s">
+        <v>37</v>
+      </c>
+      <c r="O10">
+        <v>40</v>
+      </c>
+      <c r="P10">
+        <v>150</v>
+      </c>
+      <c r="Q10">
+        <v>110</v>
+      </c>
+      <c r="R10">
+        <v>200</v>
+      </c>
+      <c r="S10">
+        <v>63</v>
+      </c>
+      <c r="T10">
+        <v>170</v>
+      </c>
+      <c r="U10">
+        <v>330</v>
+      </c>
+      <c r="V10"/>
+      <c r="W10">
+        <v>1100</v>
+      </c>
+      <c r="X10" t="s">
+        <v>55</v>
+      </c>
+      <c r="Y10"/>
+      <c r="Z10" t="s">
+        <v>56</v>
+      </c>
+      <c r="AA10" t="s">
+        <v>57</v>
+      </c>
+    </row>
+    <row r="11" spans="1:27">
+      <c r="A11"/>
+      <c r="B11" t="s">
+        <v>51</v>
+      </c>
+      <c r="C11" t="s">
+        <v>52</v>
+      </c>
+      <c r="D11" t="s">
+        <v>53</v>
+      </c>
+      <c r="E11" t="s">
+        <v>54</v>
+      </c>
+      <c r="F11" t="s">
+        <v>30</v>
+      </c>
+      <c r="G11" t="s">
+        <v>31</v>
+      </c>
+      <c r="H11" t="s">
+        <v>32</v>
+      </c>
+      <c r="I11" t="s">
+        <v>33</v>
+      </c>
+      <c r="J11" t="s">
+        <v>34</v>
+      </c>
+      <c r="K11" t="s">
+        <v>35</v>
+      </c>
+      <c r="L11"/>
+      <c r="M11" t="s">
+        <v>36</v>
+      </c>
+      <c r="N11" t="s">
+        <v>37</v>
+      </c>
+      <c r="O11">
+        <v>40</v>
+      </c>
+      <c r="P11">
+        <v>150</v>
+      </c>
+      <c r="Q11">
+        <v>110</v>
+      </c>
+      <c r="R11">
+        <v>200</v>
+      </c>
+      <c r="S11">
+        <v>63</v>
+      </c>
+      <c r="T11">
+        <v>170</v>
+      </c>
+      <c r="U11">
+        <v>330</v>
+      </c>
+      <c r="V11"/>
+      <c r="W11">
+        <v>1100</v>
+      </c>
+      <c r="X11" t="s">
+        <v>55</v>
+      </c>
+      <c r="Y11"/>
+      <c r="Z11" t="s">
+        <v>56</v>
+      </c>
+      <c r="AA11" t="s">
+        <v>57</v>
+      </c>
+    </row>
+    <row r="12" spans="1:27">
+      <c r="A12"/>
+      <c r="B12" t="s">
+        <v>51</v>
+      </c>
+      <c r="C12" t="s">
+        <v>52</v>
+      </c>
+      <c r="D12" t="s">
+        <v>53</v>
+      </c>
+      <c r="E12" t="s">
+        <v>54</v>
+      </c>
+      <c r="F12" t="s">
+        <v>30</v>
+      </c>
+      <c r="G12" t="s">
+        <v>31</v>
+      </c>
+      <c r="H12" t="s">
+        <v>32</v>
+      </c>
+      <c r="I12" t="s">
+        <v>33</v>
+      </c>
+      <c r="J12" t="s">
+        <v>41</v>
+      </c>
+      <c r="K12" t="s">
+        <v>42</v>
+      </c>
+      <c r="L12"/>
+      <c r="M12" t="s">
+        <v>36</v>
+      </c>
+      <c r="N12" t="s">
+        <v>37</v>
+      </c>
+      <c r="O12">
+        <v>40</v>
+      </c>
+      <c r="P12">
+        <v>130</v>
+      </c>
+      <c r="Q12">
+        <v>100</v>
+      </c>
+      <c r="R12">
+        <v>170</v>
+      </c>
+      <c r="S12">
+        <v>61</v>
+      </c>
+      <c r="T12">
+        <v>130</v>
+      </c>
+      <c r="U12">
+        <v>260</v>
+      </c>
+      <c r="V12"/>
+      <c r="W12">
+        <v>740</v>
+      </c>
+      <c r="X12" t="s">
+        <v>58</v>
+      </c>
+      <c r="Y12"/>
+      <c r="Z12" t="s">
         <v>59</v>
       </c>
-      <c r="AA9" t="s">
+      <c r="AA12" t="s">
+        <v>60</v>
+      </c>
+    </row>
+    <row r="13" spans="1:27">
+      <c r="A13"/>
+      <c r="B13" t="s">
+        <v>51</v>
+      </c>
+      <c r="C13" t="s">
+        <v>52</v>
+      </c>
+      <c r="D13" t="s">
+        <v>53</v>
+      </c>
+      <c r="E13" t="s">
+        <v>54</v>
+      </c>
+      <c r="F13" t="s">
+        <v>30</v>
+      </c>
+      <c r="G13" t="s">
+        <v>31</v>
+      </c>
+      <c r="H13" t="s">
+        <v>32</v>
+      </c>
+      <c r="I13" t="s">
+        <v>33</v>
+      </c>
+      <c r="J13" t="s">
+        <v>41</v>
+      </c>
+      <c r="K13" t="s">
+        <v>42</v>
+      </c>
+      <c r="L13"/>
+      <c r="M13" t="s">
+        <v>36</v>
+      </c>
+      <c r="N13" t="s">
+        <v>37</v>
+      </c>
+      <c r="O13">
+        <v>40</v>
+      </c>
+      <c r="P13">
+        <v>130</v>
+      </c>
+      <c r="Q13">
+        <v>100</v>
+      </c>
+      <c r="R13">
+        <v>170</v>
+      </c>
+      <c r="S13">
+        <v>61</v>
+      </c>
+      <c r="T13">
+        <v>130</v>
+      </c>
+      <c r="U13">
+        <v>260</v>
+      </c>
+      <c r="V13"/>
+      <c r="W13">
+        <v>740</v>
+      </c>
+      <c r="X13" t="s">
+        <v>58</v>
+      </c>
+      <c r="Y13"/>
+      <c r="Z13" t="s">
+        <v>59</v>
+      </c>
+      <c r="AA13" t="s">
+        <v>60</v>
+      </c>
+    </row>
+    <row r="14" spans="1:27">
+      <c r="A14"/>
+      <c r="B14" t="s">
+        <v>51</v>
+      </c>
+      <c r="C14" t="s">
+        <v>52</v>
+      </c>
+      <c r="D14" t="s">
+        <v>29</v>
+      </c>
+      <c r="E14" t="s">
+        <v>54</v>
+      </c>
+      <c r="F14" t="s">
+        <v>30</v>
+      </c>
+      <c r="G14" t="s">
+        <v>31</v>
+      </c>
+      <c r="H14" t="s">
+        <v>32</v>
+      </c>
+      <c r="I14" t="s">
+        <v>33</v>
+      </c>
+      <c r="J14" t="s">
+        <v>34</v>
+      </c>
+      <c r="K14" t="s">
+        <v>35</v>
+      </c>
+      <c r="L14"/>
+      <c r="M14" t="s">
+        <v>36</v>
+      </c>
+      <c r="N14" t="s">
+        <v>37</v>
+      </c>
+      <c r="O14">
+        <v>38</v>
+      </c>
+      <c r="P14">
+        <v>240</v>
+      </c>
+      <c r="Q14">
+        <v>180</v>
+      </c>
+      <c r="R14">
+        <v>310</v>
+      </c>
+      <c r="S14">
+        <v>130</v>
+      </c>
+      <c r="T14">
+        <v>240</v>
+      </c>
+      <c r="U14">
+        <v>540</v>
+      </c>
+      <c r="V14"/>
+      <c r="W14">
+        <v>1500</v>
+      </c>
+      <c r="X14" t="s">
+        <v>61</v>
+      </c>
+      <c r="Y14"/>
+      <c r="Z14" t="s">
+        <v>56</v>
+      </c>
+      <c r="AA14" t="s">
+        <v>62</v>
+      </c>
+    </row>
+    <row r="15" spans="1:27">
+      <c r="A15"/>
+      <c r="B15" t="s">
+        <v>51</v>
+      </c>
+      <c r="C15" t="s">
+        <v>52</v>
+      </c>
+      <c r="D15" t="s">
+        <v>29</v>
+      </c>
+      <c r="E15" t="s">
+        <v>54</v>
+      </c>
+      <c r="F15" t="s">
+        <v>30</v>
+      </c>
+      <c r="G15" t="s">
+        <v>31</v>
+      </c>
+      <c r="H15" t="s">
+        <v>32</v>
+      </c>
+      <c r="I15" t="s">
+        <v>33</v>
+      </c>
+      <c r="J15" t="s">
+        <v>34</v>
+      </c>
+      <c r="K15" t="s">
+        <v>35</v>
+      </c>
+      <c r="L15"/>
+      <c r="M15" t="s">
+        <v>36</v>
+      </c>
+      <c r="N15" t="s">
+        <v>37</v>
+      </c>
+      <c r="O15">
+        <v>38</v>
+      </c>
+      <c r="P15">
+        <v>240</v>
+      </c>
+      <c r="Q15">
+        <v>180</v>
+      </c>
+      <c r="R15">
+        <v>310</v>
+      </c>
+      <c r="S15">
+        <v>130</v>
+      </c>
+      <c r="T15">
+        <v>240</v>
+      </c>
+      <c r="U15">
+        <v>540</v>
+      </c>
+      <c r="V15"/>
+      <c r="W15">
+        <v>1500</v>
+      </c>
+      <c r="X15" t="s">
+        <v>61</v>
+      </c>
+      <c r="Y15"/>
+      <c r="Z15" t="s">
+        <v>56</v>
+      </c>
+      <c r="AA15" t="s">
+        <v>62</v>
+      </c>
+    </row>
+    <row r="16" spans="1:27">
+      <c r="A16"/>
+      <c r="B16" t="s">
+        <v>51</v>
+      </c>
+      <c r="C16" t="s">
+        <v>52</v>
+      </c>
+      <c r="D16" t="s">
+        <v>29</v>
+      </c>
+      <c r="E16" t="s">
+        <v>54</v>
+      </c>
+      <c r="F16" t="s">
+        <v>30</v>
+      </c>
+      <c r="G16" t="s">
+        <v>31</v>
+      </c>
+      <c r="H16" t="s">
+        <v>32</v>
+      </c>
+      <c r="I16" t="s">
+        <v>33</v>
+      </c>
+      <c r="J16" t="s">
+        <v>41</v>
+      </c>
+      <c r="K16" t="s">
+        <v>42</v>
+      </c>
+      <c r="L16"/>
+      <c r="M16" t="s">
+        <v>36</v>
+      </c>
+      <c r="N16" t="s">
+        <v>37</v>
+      </c>
+      <c r="O16">
+        <v>40</v>
+      </c>
+      <c r="P16">
+        <v>150</v>
+      </c>
+      <c r="Q16">
+        <v>120</v>
+      </c>
+      <c r="R16">
+        <v>190</v>
+      </c>
+      <c r="S16">
+        <v>82</v>
+      </c>
+      <c r="T16">
+        <v>160</v>
+      </c>
+      <c r="U16">
+        <v>290</v>
+      </c>
+      <c r="V16"/>
+      <c r="W16">
+        <v>730</v>
+      </c>
+      <c r="X16" t="s">
+        <v>63</v>
+      </c>
+      <c r="Y16"/>
+      <c r="Z16" t="s">
+        <v>59</v>
+      </c>
+      <c r="AA16" t="s">
+        <v>64</v>
+      </c>
+    </row>
+    <row r="17" spans="1:27">
+      <c r="A17"/>
+      <c r="B17" t="s">
+        <v>51</v>
+      </c>
+      <c r="C17" t="s">
+        <v>52</v>
+      </c>
+      <c r="D17" t="s">
+        <v>29</v>
+      </c>
+      <c r="E17" t="s">
+        <v>54</v>
+      </c>
+      <c r="F17" t="s">
+        <v>30</v>
+      </c>
+      <c r="G17" t="s">
+        <v>31</v>
+      </c>
+      <c r="H17" t="s">
+        <v>32</v>
+      </c>
+      <c r="I17" t="s">
+        <v>33</v>
+      </c>
+      <c r="J17" t="s">
+        <v>41</v>
+      </c>
+      <c r="K17" t="s">
+        <v>42</v>
+      </c>
+      <c r="L17"/>
+      <c r="M17" t="s">
+        <v>36</v>
+      </c>
+      <c r="N17" t="s">
+        <v>37</v>
+      </c>
+      <c r="O17">
+        <v>40</v>
+      </c>
+      <c r="P17">
+        <v>150</v>
+      </c>
+      <c r="Q17">
+        <v>120</v>
+      </c>
+      <c r="R17">
+        <v>190</v>
+      </c>
+      <c r="S17">
+        <v>82</v>
+      </c>
+      <c r="T17">
+        <v>160</v>
+      </c>
+      <c r="U17">
+        <v>290</v>
+      </c>
+      <c r="V17"/>
+      <c r="W17">
+        <v>730</v>
+      </c>
+      <c r="X17" t="s">
+        <v>63</v>
+      </c>
+      <c r="Y17"/>
+      <c r="Z17" t="s">
+        <v>59</v>
+      </c>
+      <c r="AA17" t="s">
         <v>64</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>