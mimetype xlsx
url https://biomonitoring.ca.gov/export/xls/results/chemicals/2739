--- v1 (2026-03-04)
+++ v2 (2026-03-25)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Results" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="65">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="63">
   <si>
     <t>Time Period</t>
   </si>
   <si>
     <t>Project</t>
   </si>
   <si>
     <t>Study Group</t>
   </si>
   <si>
     <t>Study Group Subset</t>
   </si>
   <si>
     <t>Sample Collection Date</t>
   </si>
   <si>
     <t>Chemical Group</t>
   </si>
   <si>
     <t>Weighted - Unweighted</t>
   </si>
   <si>
     <t>Measured in</t>
   </si>
   <si>
@@ -186,72 +186,66 @@
     <t>76.1%</t>
   </si>
   <si>
     <t>22 pg/L</t>
   </si>
   <si>
     <t>East Bay Diesel Exposure Project (EBDEP)</t>
   </si>
   <si>
     <t>80 East Bay residents (40 child-parent pairs)</t>
   </si>
   <si>
     <t>Children</t>
   </si>
   <si>
     <t>2018
  - 2019</t>
   </si>
   <si>
     <t>94.2%</t>
   </si>
   <si>
     <t>15.5 pg/L</t>
   </si>
   <si>
-    <t>^Concentrations were adjusted for specific gravity using a reference value of 1.017 from NHANES 2007-2008.; §Summary statistics were based on 155 urine samples collected from 40 children.</t>
+    <t>^Concentrations were adjusted for specific gravity using a reference value of 1.017 from NHANES 2007-2008.; ♢SAPEP collected multiple urine samples from study participants. The geometric means were estimated using random effects models to account for multiple samples per participant. Percentiles and detection frequencies were not adjusted for multiple samples per participant.</t>
   </si>
   <si>
     <t>95.2%</t>
   </si>
   <si>
     <t>21.2 pg/L</t>
   </si>
   <si>
-    <t>^Concentrations were adjusted for specific gravity using a reference value of 1.017 from NHANES 2007-2008.; ♢Summary statistics were based on 168 urine samples collected from 40 children.</t>
-[...1 lines deleted...]
-  <si>
     <t>97.8%</t>
   </si>
   <si>
-    <t>^Concentrations were adjusted for specific gravity using a reference value of 1.017 from NHANES 2007-2008.; †Summary statistics were based on 138 urine samples collected from 38 adults.; ΔTwo samples were damaged during processing and could not be tested.</t>
+    <t>^Concentrations were adjusted for specific gravity using a reference value of 1.017 from NHANES 2007-2008.; ♢SAPEP collected multiple urine samples from study participants. The geometric means were estimated using random effects models to account for multiple samples per participant. Percentiles and detection frequencies were not adjusted for multiple samples per participant.; ΔTwo samples were damaged during processing and could not be tested.</t>
   </si>
   <si>
     <t>94.7%</t>
-  </si>
-[...1 lines deleted...]
-    <t>^Concentrations were adjusted for specific gravity using a reference value of 1.017 from NHANES 2007-2008.; ‡Summary statistics were based on 150 urine samples collected from 40 adults.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
@@ -585,51 +579,51 @@
     <col min="2" max="2" width="76" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="115" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="22" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="26" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="17" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="25" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="13" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="29" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="28" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="38" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="12" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="25" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="6" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="28" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="17" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="6" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="6" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="5" bestFit="true" customWidth="true" style="0"/>
     <col min="20" max="20" width="5" bestFit="true" customWidth="true" style="0"/>
     <col min="21" max="21" width="5" bestFit="true" customWidth="true" style="0"/>
     <col min="22" max="22" width="5" bestFit="true" customWidth="true" style="0"/>
     <col min="23" max="23" width="5" bestFit="true" customWidth="true" style="0"/>
     <col min="24" max="24" width="23" bestFit="true" customWidth="true" style="0"/>
     <col min="25" max="25" width="29" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="43" bestFit="true" customWidth="true" style="0"/>
-    <col min="27" max="27" width="301" bestFit="true" customWidth="true" style="0"/>
+    <col min="27" max="27" width="529" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:27">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
@@ -1493,51 +1487,51 @@
       </c>
       <c r="R12">
         <v>170</v>
       </c>
       <c r="S12">
         <v>61</v>
       </c>
       <c r="T12">
         <v>130</v>
       </c>
       <c r="U12">
         <v>260</v>
       </c>
       <c r="V12"/>
       <c r="W12">
         <v>740</v>
       </c>
       <c r="X12" t="s">
         <v>58</v>
       </c>
       <c r="Y12"/>
       <c r="Z12" t="s">
         <v>59</v>
       </c>
       <c r="AA12" t="s">
-        <v>60</v>
+        <v>57</v>
       </c>
     </row>
     <row r="13" spans="1:27">
       <c r="A13"/>
       <c r="B13" t="s">
         <v>51</v>
       </c>
       <c r="C13" t="s">
         <v>52</v>
       </c>
       <c r="D13" t="s">
         <v>53</v>
       </c>
       <c r="E13" t="s">
         <v>54</v>
       </c>
       <c r="F13" t="s">
         <v>30</v>
       </c>
       <c r="G13" t="s">
         <v>31</v>
       </c>
       <c r="H13" t="s">
         <v>32</v>
       </c>
@@ -1568,51 +1562,51 @@
       </c>
       <c r="R13">
         <v>170</v>
       </c>
       <c r="S13">
         <v>61</v>
       </c>
       <c r="T13">
         <v>130</v>
       </c>
       <c r="U13">
         <v>260</v>
       </c>
       <c r="V13"/>
       <c r="W13">
         <v>740</v>
       </c>
       <c r="X13" t="s">
         <v>58</v>
       </c>
       <c r="Y13"/>
       <c r="Z13" t="s">
         <v>59</v>
       </c>
       <c r="AA13" t="s">
-        <v>60</v>
+        <v>57</v>
       </c>
     </row>
     <row r="14" spans="1:27">
       <c r="A14"/>
       <c r="B14" t="s">
         <v>51</v>
       </c>
       <c r="C14" t="s">
         <v>52</v>
       </c>
       <c r="D14" t="s">
         <v>29</v>
       </c>
       <c r="E14" t="s">
         <v>54</v>
       </c>
       <c r="F14" t="s">
         <v>30</v>
       </c>
       <c r="G14" t="s">
         <v>31</v>
       </c>
       <c r="H14" t="s">
         <v>32</v>
       </c>
@@ -1636,58 +1630,58 @@
         <v>38</v>
       </c>
       <c r="P14">
         <v>240</v>
       </c>
       <c r="Q14">
         <v>180</v>
       </c>
       <c r="R14">
         <v>310</v>
       </c>
       <c r="S14">
         <v>130</v>
       </c>
       <c r="T14">
         <v>240</v>
       </c>
       <c r="U14">
         <v>540</v>
       </c>
       <c r="V14"/>
       <c r="W14">
         <v>1500</v>
       </c>
       <c r="X14" t="s">
-        <v>61</v>
+        <v>60</v>
       </c>
       <c r="Y14"/>
       <c r="Z14" t="s">
         <v>56</v>
       </c>
       <c r="AA14" t="s">
-        <v>62</v>
+        <v>61</v>
       </c>
     </row>
     <row r="15" spans="1:27">
       <c r="A15"/>
       <c r="B15" t="s">
         <v>51</v>
       </c>
       <c r="C15" t="s">
         <v>52</v>
       </c>
       <c r="D15" t="s">
         <v>29</v>
       </c>
       <c r="E15" t="s">
         <v>54</v>
       </c>
       <c r="F15" t="s">
         <v>30</v>
       </c>
       <c r="G15" t="s">
         <v>31</v>
       </c>
       <c r="H15" t="s">
         <v>32</v>
       </c>
@@ -1711,58 +1705,58 @@
         <v>38</v>
       </c>
       <c r="P15">
         <v>240</v>
       </c>
       <c r="Q15">
         <v>180</v>
       </c>
       <c r="R15">
         <v>310</v>
       </c>
       <c r="S15">
         <v>130</v>
       </c>
       <c r="T15">
         <v>240</v>
       </c>
       <c r="U15">
         <v>540</v>
       </c>
       <c r="V15"/>
       <c r="W15">
         <v>1500</v>
       </c>
       <c r="X15" t="s">
-        <v>61</v>
+        <v>60</v>
       </c>
       <c r="Y15"/>
       <c r="Z15" t="s">
         <v>56</v>
       </c>
       <c r="AA15" t="s">
-        <v>62</v>
+        <v>61</v>
       </c>
     </row>
     <row r="16" spans="1:27">
       <c r="A16"/>
       <c r="B16" t="s">
         <v>51</v>
       </c>
       <c r="C16" t="s">
         <v>52</v>
       </c>
       <c r="D16" t="s">
         <v>29</v>
       </c>
       <c r="E16" t="s">
         <v>54</v>
       </c>
       <c r="F16" t="s">
         <v>30</v>
       </c>
       <c r="G16" t="s">
         <v>31</v>
       </c>
       <c r="H16" t="s">
         <v>32</v>
       </c>
@@ -1786,58 +1780,58 @@
         <v>40</v>
       </c>
       <c r="P16">
         <v>150</v>
       </c>
       <c r="Q16">
         <v>120</v>
       </c>
       <c r="R16">
         <v>190</v>
       </c>
       <c r="S16">
         <v>82</v>
       </c>
       <c r="T16">
         <v>160</v>
       </c>
       <c r="U16">
         <v>290</v>
       </c>
       <c r="V16"/>
       <c r="W16">
         <v>730</v>
       </c>
       <c r="X16" t="s">
-        <v>63</v>
+        <v>62</v>
       </c>
       <c r="Y16"/>
       <c r="Z16" t="s">
         <v>59</v>
       </c>
       <c r="AA16" t="s">
-        <v>64</v>
+        <v>57</v>
       </c>
     </row>
     <row r="17" spans="1:27">
       <c r="A17"/>
       <c r="B17" t="s">
         <v>51</v>
       </c>
       <c r="C17" t="s">
         <v>52</v>
       </c>
       <c r="D17" t="s">
         <v>29</v>
       </c>
       <c r="E17" t="s">
         <v>54</v>
       </c>
       <c r="F17" t="s">
         <v>30</v>
       </c>
       <c r="G17" t="s">
         <v>31</v>
       </c>
       <c r="H17" t="s">
         <v>32</v>
       </c>
@@ -1861,58 +1855,58 @@
         <v>40</v>
       </c>
       <c r="P17">
         <v>150</v>
       </c>
       <c r="Q17">
         <v>120</v>
       </c>
       <c r="R17">
         <v>190</v>
       </c>
       <c r="S17">
         <v>82</v>
       </c>
       <c r="T17">
         <v>160</v>
       </c>
       <c r="U17">
         <v>290</v>
       </c>
       <c r="V17"/>
       <c r="W17">
         <v>730</v>
       </c>
       <c r="X17" t="s">
-        <v>63</v>
+        <v>62</v>
       </c>
       <c r="Y17"/>
       <c r="Z17" t="s">
         <v>59</v>
       </c>
       <c r="AA17" t="s">
-        <v>64</v>
+        <v>57</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>